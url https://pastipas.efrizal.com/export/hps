--- v0 (2026-01-30)
+++ v1 (2026-03-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1093">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1139">
   <si>
     <t>Id Paket</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Metode Pemilihan</t>
   </si>
   <si>
     <t>Lokasi Pekerjaan</t>
   </si>
   <si>
     <t>Unor</t>
   </si>
   <si>
     <t>Balai Teknis</t>
   </si>
   <si>
     <t>Satker</t>
   </si>
   <si>
@@ -116,51 +116,51 @@
   <si>
     <t>JAWA BARAT, KOTA BEKASI, RAWALUMBU</t>
   </si>
   <si>
     <t>Prasarana Strategis</t>
   </si>
   <si>
     <t>Direktorat Infrastruktur Dukungan Pendidikan</t>
   </si>
   <si>
     <t>Satker Pelaksanaan Prasarana Strategis Jakarta Metropolitan.</t>
   </si>
   <si>
     <t>Son Azis Cahyo Luckyto</t>
   </si>
   <si>
     <t>Balai P2JK Wilayah DKI Jakarta</t>
   </si>
   <si>
     <t>APBN</t>
   </si>
   <si>
     <t>2025-2025</t>
   </si>
   <si>
-    <t>433 hari</t>
+    <t>493 hari</t>
   </si>
   <si>
     <t>Belum Submit</t>
   </si>
   <si>
     <t>9e599d6d-d142-45a7-9260-44b28f28d549</t>
   </si>
   <si>
     <t>Revitalisasi Madrasah PHTC Prov Daerah Khusus Jakarta 1</t>
   </si>
   <si>
     <t>DKI JAKARTA, KOTA JAKARTA PUSAT, KEMAYORAN; DKI JAKARTA, KOTA JAKARTA SELATAN, KEBAYORAN LAMA; DKI JAKARTA, KOTA JAKARTA SELATAN, JAGAKARSA; DKI JAKARTA, KOTA JAKARTA SELATAN, JAGAKARSA; DKI JAKARTA, KOTA JAKARTA SELATAN, CILANDAK; DKI JAKARTA, KOTA JAKARTA TIMUR, JATINEGARA; DKI JAKARTA, KOTA JAKARTA TIMUR, CAKUNG; DKI JAKARTA, KOTA JAKARTA TIMUR, CAKUNG; DKI JAKARTA, KOTA JAKARTA TIMUR, CAKUNG; DKI JAKARTA, KOTA JAKARTA TIMUR, CAKUNG; DKI JAKARTA, KOTA JAKARTA TIMUR, KRAMAT JATI</t>
   </si>
   <si>
     <t>Direktorat Jenderal Prasarana Strategis</t>
   </si>
   <si>
     <t>Satker Direktorat Jenderal Prasarana Strategis.</t>
   </si>
   <si>
     <t>Arinda Yudhit Bandripta</t>
   </si>
   <si>
     <t>2025-05-09</t>
   </si>
@@ -284,3057 +284,3195 @@
   <si>
     <t>2025-07-08</t>
   </si>
   <si>
     <t>53 hari</t>
   </si>
   <si>
     <t>9ef60138-40c9-4e05-b800-6cb960d9105b</t>
   </si>
   <si>
     <t>Pembangunan Gedung Gelanggang Inovasi dan Kreativitas (GIK) UGM Tahap II</t>
   </si>
   <si>
     <t>DI YOGYAKARTA, SLEMAN, DEPOK</t>
   </si>
   <si>
     <t>Satker Pelaksanaan Prasarana Strategis D.I. Yogyakarta.</t>
   </si>
   <si>
     <t>Risky Firmansyah Putra, S. S.T.</t>
   </si>
   <si>
     <t>TPBJK Cipta Karya dan Prasarana Strategis</t>
   </si>
   <si>
+    <t>314 hari</t>
+  </si>
+  <si>
+    <t>Proses Reviu HPS di BP2JK/TPBJK</t>
+  </si>
+  <si>
+    <t>9ef6494c-775c-4b8e-b018-7ff94caba135</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Timur 1</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, BONDOWOSO, JAMBESARI DARUS SHOLAH; JAWA TIMUR, BONDOWOSO, BONDOWOSO; JAWA TIMUR, BONDOWOSO, BONDOWOSO; JAWA TIMUR, BONDOWOSO, BINAKAL; JAWA TIMUR, BONDOWOSO, BOTOLINGGO; JAWA TIMUR, BONDOWOSO, BOTOLINGGO; JAWA TIMUR, BONDOWOSO, BOTOLINGGO; JAWA TIMUR, BONDOWOSO, PRAJEKAN; JAWA TIMUR, BONDOWOSO, BOTOLINGGO; JAWA TIMUR, BONDOWOSO, SUKOSARI; JAWA TIMUR, BONDOWOSO, TLOGOSARI; JAWA TIMUR, BONDOWOSO, BONDOWOSO</t>
+  </si>
+  <si>
+    <t>Arinda Yudhit Bandripta, ST</t>
+  </si>
+  <si>
+    <t>2025-06-26</t>
+  </si>
+  <si>
+    <t>37 hari</t>
+  </si>
+  <si>
+    <t>9efaca75-6cc9-455d-8f1e-03bc9d61e8fd</t>
+  </si>
+  <si>
+    <t>Lanjutan Pembangunan Pasar Mbongawani Kabupaten Ende</t>
+  </si>
+  <si>
+    <t>NUSA TENGGARA TIMUR, ENDE, ENDE SELATAN</t>
+  </si>
+  <si>
+    <t>Direktorat Infrastruktur Dukungan Perekonomian, Peribadatan, Kesehatan, Olahraga dan Sosial Budaya</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Nusa Tenggara Timur.</t>
+  </si>
+  <si>
+    <t>Arinda Yudhit Bandripta,S.T.</t>
+  </si>
+  <si>
+    <t>2025-07-18</t>
+  </si>
+  <si>
+    <t>57 hari</t>
+  </si>
+  <si>
+    <t>9f0ae360-d826-45e3-8f31-49a75f9a31b7</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Aceh 1</t>
+  </si>
+  <si>
+    <t>ACEH, KOTA SABANG, SUKAKARYA; ACEH, ACEH JAYA, JAYA; ACEH, ACEH BARAT, SAMATIGA; ACEH, NAGAN RAYA, SUKA MAKMUE; ACEH, ACEH SELATAN, TAPAK TUAN; ACEH, ACEH TENGGARA, BABUSSALAM; ACEH, KOTA SUBULUSSALAM, SIMPANG KIRI; ACEH, SIMEULUE, SIMEULUE TIMUR; ACEH, BENER MERIAH, TIMANG GAJAH; ACEH, ACEH TENGAH, LUT TAWAR</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>166 hari</t>
+  </si>
+  <si>
+    <t>9f0b0b2f-0f16-4b8d-8547-67e5daad43ef</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Aceh 2</t>
+  </si>
+  <si>
+    <t>ACEH, ACEH BESAR, DARUL IMARAH; ACEH, PIDIE, PADANG TIJI; ACEH, PIDIE JAYA, ULIM; ACEH, BIREUEN, PEUSANGAN</t>
+  </si>
+  <si>
+    <t>46 hari</t>
+  </si>
+  <si>
+    <t>9f0b0e6c-7706-42e9-9e5c-b0674d7d93c0</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Aceh 3</t>
+  </si>
+  <si>
+    <t>ACEH, ACEH UTARA, TANAH JAMBO AYE; ACEH, KOTA LHOKSEUMAWE, MUARA DUA; ACEH, ACEH TIMUR, RANTO PEUREULAK; ACEH, KOTA LANGSA, LANGSA BARO; ACEH, ACEH TAMIANG, KEJURUAN MUDA</t>
+  </si>
+  <si>
+    <t>9f0c584a-96b1-450b-95a5-d7f2e64f5571</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Timur 2</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, SITUBONDO, BANYUGLUGUR; JAWA TIMUR, SITUBONDO, PANARUKAN; JAWA TIMUR, SITUBONDO, MANGARAN; JAWA TIMUR, SITUBONDO, SUBOH; JAWA TIMUR, SITUBONDO, SITUBONDO; JAWA TIMUR, SITUBONDO, KENDIT; JAWA TIMUR, SITUBONDO, JANGKAR; JAWA TIMUR, SITUBONDO, BUNGATAN; JAWA TIMUR, PROBOLINGGO, BANTARAN; JAWA TIMUR, PROBOLINGGO, BANYUANYAR; JAWA TIMUR, PROBOLINGGO, BANYUANYAR; JAWA TIMUR, PROBOLINGGO, KREJENGAN; JAWA TIMUR, PROBOLINGGO, KREJENGAN; JAWA TIMUR, PROBOLINGGO, KREJENGAN; JAWA TIMUR, PROBOLINGGO, KREJENGAN; JAWA TIMUR, PROBOLINGGO, KREJENGAN; JAWA TIMUR, PROBOLINGGO, KREJENGAN; JAWA TIMUR, PROBOLINGGO, KREJENGAN; JAWA TIMUR, PROBOLINGGO, TONGAS; JAWA TIMUR, PROBOLINGGO, TONGAS; JAWA TIMUR, PROBOLINGGO, TONGAS; JAWA TIMUR, PROBOLINGGO, TONGAS; JAWA TIMUR, PROBOLINGGO, TONGAS; JAWA TIMUR, PROBOLINGGO, SUMBERASIH; JAWA TIMUR, PROBOLINGGO, TONGAS; JAWA TIMUR, PROBOLINGGO, BANTARAN; JAWA TIMUR, PROBOLINGGO, KRUCIL; JAWA TIMUR, PROBOLINGGO, MARON; JAWA TIMUR, PROBOLINGGO, BANTARAN; JAWA TIMUR, PROBOLINGGO, TIRIS; JAWA TIMUR, PROBOLINGGO, BESUK; JAWA TIMUR, KOTA PROBOLINGGO, WONOASIH</t>
+  </si>
+  <si>
+    <t>26 hari</t>
+  </si>
+  <si>
+    <t>9f0e227f-cd3c-4790-a690-9bfe67ad7748</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Papua Barat</t>
+  </si>
+  <si>
+    <t>PAPUA BARAT, MANOKWARI, MANOKWARI SELATAN; PAPUA BARAT, TELUK BINTUNI, MANIMERI; PAPUA BARAT, FAKFAK, FAKFAK</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Papua Barat.</t>
+  </si>
+  <si>
+    <t>Ardiansyah, S.T.</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Papua Barat</t>
+  </si>
+  <si>
+    <t>2025-08-25</t>
+  </si>
+  <si>
+    <t>84 hari</t>
+  </si>
+  <si>
+    <t>9f0e2686-e4b3-46d6-abd1-4f720e3398b7</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Papua Barat Daya</t>
+  </si>
+  <si>
+    <t>PAPUA BARAT, SORONG, SORONG; PAPUA BARAT, SORONG, MARIAT; PAPUA BARAT, SORONG, AIMAS; PAPUA BARAT, SORONG, MAYAMUK; PAPUA BARAT, SORONG, KLAMONO; PAPUA BARAT, SORONG, SALAWATI; PAPUA BARAT, KOTA SORONG, SORONG BARAT; PAPUA BARAT, KOTA SORONG, SORONG UTARA; PAPUA BARAT, KOTA SORONG</t>
+  </si>
+  <si>
+    <t>Ardiansyah,S.T</t>
+  </si>
+  <si>
+    <t>2025-11-20</t>
+  </si>
+  <si>
+    <t>171 hari</t>
+  </si>
+  <si>
+    <t>9f0e8587-9a15-40ac-bbe7-84441f25fc5c</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Maluku 2</t>
+  </si>
+  <si>
+    <t>MALUKU, SERAM BAGIAN BARAT, HUAMUAL BELAKANG; MALUKU, SERAM BAGIAN TIMUR, KILMURY</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Maluku.</t>
+  </si>
+  <si>
+    <t>Conny Yulietha Lelapary, ST. M.Si</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Maluku</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>242 hari</t>
+  </si>
+  <si>
+    <t>9f1241f9-5e75-4624-b7d7-cc2aebdf4e19</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Kalimantan Selatan 1</t>
+  </si>
+  <si>
+    <t>KALIMANTAN SELATAN, BANJAR, MARTAPURA</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Kalimantan Selatan.</t>
+  </si>
+  <si>
+    <t>Harli Ashar Sirait, ST</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Kalimantan Selatan</t>
+  </si>
+  <si>
+    <t>42 hari</t>
+  </si>
+  <si>
+    <t>9f124308-4725-4558-899d-a0b49108898d</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Selatan 1</t>
+  </si>
+  <si>
+    <t>SULAWESI SELATAN, GOWA, TOMBOLO PAO; SULAWESI SELATAN, KOTA MAKASSAR, BIRING KANAYA; SULAWESI SELATAN, PANGKAJENE DAN KEPULAUAN, PANGKAJENE</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Sulawesi Selatan.</t>
+  </si>
+  <si>
+    <t>Martinus, S.T</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Sulawesi Selatan</t>
+  </si>
+  <si>
+    <t>2025-08-21</t>
+  </si>
+  <si>
+    <t>78 hari</t>
+  </si>
+  <si>
+    <t>9f125b53-9113-465d-bcf0-d91451226d5b</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sumatera Selatan 1 (perbaikan)</t>
+  </si>
+  <si>
+    <t>SUMATERA SELATAN, OGAN KOMERING ULU TIMUR, MARTAPURA; SUMATERA SELATAN, OGAN KOMERING ULU TIMUR, SEMENDAWAI SUKU III; SUMATERA SELATAN, OGAN KOMERING ULU SELATAN, WARKUK RANAU SELATAN; SUMATERA SELATAN, OGAN KOMERING ULU, LUBUK BATANG</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Sumatera Selatan.</t>
+  </si>
+  <si>
+    <t>Harasa Ramdhany Pasin</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Sumatera Selatan</t>
+  </si>
+  <si>
+    <t>2025-07-26</t>
+  </si>
+  <si>
+    <t>9f12b7be-8b68-4576-a0b1-ae1d77f5805d</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Kalimantan Selatan 2</t>
+  </si>
+  <si>
+    <t>KALIMANTAN SELATAN, BARITO KUALA, MARABAHAN</t>
+  </si>
+  <si>
+    <t>9f142151-6c1b-4d0b-9270-b0580ec79562</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Bengkulu 2</t>
+  </si>
+  <si>
+    <t>BENGKULU, KEPAHIANG, MUARA KEMUMU; BENGKULU, REJANG LEBONG, CURUP UTARA; BENGKULU, LEBONG, LEBONG UTARA; BENGKULU, BENGKULU UTARA, KETAHUN; BENGKULU, MUKOMUKO, PENARIK</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Bengkulu.</t>
+  </si>
+  <si>
+    <t>Oklanda, ST</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Bengkulu</t>
+  </si>
+  <si>
+    <t>2025-07-23</t>
+  </si>
+  <si>
+    <t>49 hari</t>
+  </si>
+  <si>
+    <t>9f1e2230-da6d-40db-aadb-7b18711dcdb6</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI KEPULAUAN RIAU 1</t>
+  </si>
+  <si>
+    <t>KEPULAUAN RIAU, KOTA TANJUNG PINANG, BUKIT BESTARI; KEPULAUAN RIAU, BINTAN, GUNUNG KIJANG; KEPULAUAN RIAU, BINTAN, BINTAN UTARA; KEPULAUAN RIAU, LINGGA, SINGKEP; KEPULAUAN RIAU, BINTAN, TELUK SEBONG; KEPULAUAN RIAU, BINTAN, GUNUNG KIJANG; KEPULAUAN RIAU, BINTAN, TELUK SEBONG; KEPULAUAN RIAU, BINTAN, TELUK BINTAN</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Kepulauan Riau.</t>
+  </si>
+  <si>
+    <t>Riduan Kristian P. Manik, S.Kom., S.T., M,Si</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Kepulauan Riau</t>
+  </si>
+  <si>
+    <t>2025-07-19</t>
+  </si>
+  <si>
+    <t>40 hari</t>
+  </si>
+  <si>
+    <t>9f1e338b-d052-47e0-84e3-db237617110e</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Selatan 2</t>
+  </si>
+  <si>
+    <t>SULAWESI SELATAN, BONE; SULAWESI SELATAN, SINJAI; SULAWESI SELATAN, MAROS</t>
+  </si>
+  <si>
+    <t>2025-08-23</t>
+  </si>
+  <si>
+    <t>74 hari</t>
+  </si>
+  <si>
+    <t>9f1e8dde-c728-4d7e-b62b-2d81881a14aa</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI KALIMANTAN TENGAH 1</t>
+  </si>
+  <si>
+    <t>KALIMANTAN TENGAH, KAPUAS, KAPUAS KUALA; KALIMANTAN TENGAH, KAPUAS, KAPUAS HILIR; KALIMANTAN TENGAH, KAPUAS, BATAGUH; KALIMANTAN TENGAH, KAPUAS, KAPUAS TIMUR; KALIMANTAN TENGAH, PULANG PISAU, KAHAYAN KUALA</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Kalimantan Tengah.</t>
+  </si>
+  <si>
+    <t>TREACE MERRY, S.T., M.Sc</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Kalimantan Tengah</t>
+  </si>
+  <si>
+    <t>2025-08-26</t>
+  </si>
+  <si>
+    <t>77 hari</t>
+  </si>
+  <si>
+    <t>9f1ec1d3-dd3f-44d2-8065-63db89d42262</t>
+  </si>
+  <si>
+    <t>Renovasi Sekolah Rakyat Tahap I</t>
+  </si>
+  <si>
+    <t>Penunjukan Langsung</t>
+  </si>
+  <si>
+    <t>ACEH, ACEH BESAR; ACEH, ACEH BESAR; SUMATERA UTARA, KOTA MEDAN; SUMATERA UTARA, KOTA MEDAN; RIAU, KOTA PEKANBARU; SUMATERA BARAT, KOTA PADANG; SUMATERA BARAT, KOTA PADANG; SUMATERA BARAT, SOLOK; JAMBI, KOTA JAMBI; BENGKULU, KOTA BENGKULU; SUMATERA SELATAN, KOTA PALEMBANG; SUMATERA SELATAN, OGAN ILIR; KALIMANTAN SELATAN, KOTA BANJAR BARU; KALIMANTAN SELATAN, KOTA BANJAR BARU; KALIMANTAN TENGAH, KATINGAN; DKI JAKARTA, KOTA JAKARTA TIMUR; DKI JAKARTA, KOTA JAKARTA TIMUR; DKI JAKARTA, KOTA JAKARTA SELATAN; JAWA BARAT, KOTA CIMAHI; JAWA BARAT, KOTA BANDUNG; JAWA BARAT, KOTA BANDUNG; JAWA BARAT, BANDUNG BARAT; JAWA BARAT, BANDUNG BARAT; JAWA BARAT, BOGOR; JAWA BARAT, BOGOR; JAWA BARAT, KOTA BEKASI; JAWA BARAT, SUKABUMI; JAWA BARAT, KOTA CIREBON; JAWA TENGAH, PATI; JAWA TENGAH, BANYUMAS; JAWA TENGAH, TEMANGGUNG; JAWA TENGAH, MAGELANG; JAWA TENGAH, MAGELANG; JAWA TENGAH, KOTA SURAKARTA; JAWA TENGAH, BLORA; DI YOGYAKARTA, BANTUL; DI YOGYAKARTA, SLEMAN; JAWA TIMUR, KOTA BATU; JAWA TIMUR, MOJOKERTO; JAWA TIMUR, KOTA MALANG; JAWA TIMUR, BANYUWANGI; JAWA TIMUR, PASURUAN; JAWA TIMUR, KOTA MALANG; JAWA TIMUR, KOTA PROBOLINGGO; JAWA TIMUR, PACITAN; JAWA TIMUR, KEDIRI; JAWA TIMUR, JOMBANG; JAWA TIMUR, LAMONGAN; BALI, TABANAN; NUSA TENGGARA BARAT, LOMBOK BARAT; NUSA TENGGARA TIMUR, KUPANG; SULAWESI UTARA, KOTA MANADO; SULAWESI UTARA, MINAHASA; SULAWESI TENGAH, SIGI; SULAWESI TENGGARA, KOTA KENDARI; SULAWESI SELATAN, GOWA; SULAWESI SELATAN, KOTA MAKASSAR; SULAWESI SELATAN, TAKALAR; SULAWESI SELATAN, KOTA MAKASSAR; MALUKU UTARA, KOTA TERNATE; MALUKU UTARA, KOTA TIDORE KEPULAUAN; PAPUA, JAYAPURA; PAPUA, YAHUKIMO; SUMATERA UTARA, KOTA TEBING TINGGI</t>
+  </si>
+  <si>
+    <t>Satker Direktorat Infrastruktur Dukungan Pendidikan.</t>
+  </si>
+  <si>
+    <t>Syuhada Emilia, S.T.</t>
+  </si>
+  <si>
+    <t>294 hari</t>
+  </si>
+  <si>
+    <t>9f1ee3ae-4f1e-4e60-be16-aa504aadc926</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI KALIMANTAN TENGAH 2</t>
+  </si>
+  <si>
+    <t>KALIMANTAN TENGAH, KOTA PALANGKA RAYA, JEKAN RAYA; KALIMANTAN TENGAH, KOTA PALANGKA RAYA, PAHANDUT; KALIMANTAN TENGAH, KOTA PALANGKA RAYA, PAHANDUT; KALIMANTAN TENGAH, BARITO SELATAN, DUSUN SELATAN; KALIMANTAN TENGAH, BARITO TIMUR, DUSUN TIMUR</t>
+  </si>
+  <si>
+    <t>9f1ee928-adc0-4bd3-8ef8-320b2f5b0cc9</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI KALIMANTAN TENGAH 3</t>
+  </si>
+  <si>
+    <t>KALIMANTAN TENGAH, KATINGAN, KATINGAN HILIR; KALIMANTAN TENGAH, KOTAWARINGIN TIMUR, CEMPAGA; KALIMANTAN TENGAH, KOTAWARINGIN BARAT, KUMAI; KALIMANTAN TENGAH, LAMANDAU, SEMATU JAYA; KALIMANTAN TENGAH, SERUYAN, SERUYAN TENGAH; KALIMANTAN TENGAH, SUKAMARA, PANTAI LUNCI</t>
+  </si>
+  <si>
+    <t>156 hari</t>
+  </si>
+  <si>
+    <t>9f1f0cd9-c5aa-43ed-836f-5f4e564ef556</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Maluku Utara 1</t>
+  </si>
+  <si>
+    <t>MALUKU UTARA, KOTA TERNATE, PULAU TERNATE; MALUKU UTARA, KOTA TIDORE KEPULAUAN, TIDORE; MALUKU UTARA, HALMAHERA UTARA, TOBELO; MALUKU UTARA, HALMAHERA SELATAN, OBI; MALUKU UTARA, HALMAHERA TIMUR, MABA; MALUKU UTARA, HALMAHERA TENGAH, WEDA</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Maluku Utara.</t>
+  </si>
+  <si>
+    <t>Peter Paul John Nanlohy, S.T.</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Maluku Utara</t>
+  </si>
+  <si>
+    <t>9f2049ab-b339-482a-a56d-fc97e2ace0dd</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI KEPULAUAN RIAU 2.</t>
+  </si>
+  <si>
+    <t>KEPULAUAN RIAU, KOTA B A T A M, BATU AMPAR; KEPULAUAN RIAU, KOTA B A T A M, BENGKONG; KEPULAUAN RIAU, KOTA B A T A M, BELAKANG PADANG; KEPULAUAN RIAU, KOTA B A T A M, BENGKONG; KEPULAUAN RIAU, KOTA B A T A M, SEKUPANG; KEPULAUAN RIAU, KOTA B A T A M, BATAM KOTA; KEPULAUAN RIAU, KOTA B A T A M, BATAM KOTA; KEPULAUAN RIAU, KOTA B A T A M, BELAKANG PADANG; KEPULAUAN RIAU, KOTA B A T A M, SEKUPANG</t>
+  </si>
+  <si>
+    <t>2025-10-08</t>
+  </si>
+  <si>
+    <t>119 hari</t>
+  </si>
+  <si>
+    <t>9f210d0f-61e9-4fa2-97ed-c1f8bc1b3217</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Papua dan Papua Pegunungan</t>
+  </si>
+  <si>
+    <t>Tender Cepat</t>
+  </si>
+  <si>
+    <t>PAPUA, JAYAPURA; PAPUA, KEEROM; PAPUA, BIAK NUMFOR; PAPUA, BIAK NUMFOR; PAPUA, WAROPEN; PAPUA, WAROPEN; PAPUA, JAYAWIJAYA</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Papua.</t>
+  </si>
+  <si>
+    <t>Muh Feto Hasrul</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Papua</t>
+  </si>
+  <si>
+    <t>75 hari</t>
+  </si>
+  <si>
+    <t>9f224b17-37a3-42b6-8ae2-23a054f53031</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Tenggara 1</t>
+  </si>
+  <si>
+    <t>SULAWESI TENGGARA, MUNA, KATOBU; SULAWESI TENGGARA, MUNA, BATALAIWORU; SULAWESI TENGGARA, MUNA, WATOPUTE; SULAWESI TENGGARA, MUNA, KABANGKA; SULAWESI TENGGARA, MUNA, NAPABALANO; SULAWESI TENGGARA, MUNA, BATALAIWORU; SULAWESI TENGGARA, MUNA BARAT, KUSAMBI</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Sulawesi Tenggara.</t>
+  </si>
+  <si>
+    <t>KUSNADI KAMIL, S.T., M.Si</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Sulawesi Tenggara</t>
+  </si>
+  <si>
+    <t>2025-08-07</t>
+  </si>
+  <si>
+    <t>56 hari</t>
+  </si>
+  <si>
+    <t>9f22de90-6fc8-4b52-8c90-a1a922dcb481</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Maluku Utara 4</t>
+  </si>
+  <si>
+    <t>MALUKU UTARA, PULAU TALIABU, TALIABU BARAT; MALUKU UTARA, PULAU TALIABU, LEDE; MALUKU UTARA, PULAU TALIABU, TALIABU SELATAN</t>
+  </si>
+  <si>
+    <t>292 hari</t>
+  </si>
+  <si>
+    <t>9f22f651-75b4-42c6-a397-124c2d7cb893</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Bengkulu 1</t>
+  </si>
+  <si>
+    <t>BENGKULU, BENGKULU SELATAN, PASAR MANNA; BENGKULU, SELUMA, ULU TALO; BENGKULU, KAUR, NASAL</t>
+  </si>
+  <si>
+    <t>2025-07-24</t>
+  </si>
+  <si>
+    <t>43 hari</t>
+  </si>
+  <si>
+    <t>9f2440c1-a58f-4a31-bff5-993bc6bd82ad</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI KEPULAUAN RIAU 3</t>
+  </si>
+  <si>
+    <t>KEPULAUAN RIAU, KOTA B A T A M, NONGSA; KEPULAUAN RIAU, KOTA B A T A M, NONGSA; KEPULAUAN RIAU, KOTA B A T A M, BATU AMPAR; KEPULAUAN RIAU, KOTA B A T A M, SEKUPANG; KEPULAUAN RIAU, KOTA B A T A M, SEKUPANG</t>
+  </si>
+  <si>
+    <t>9f244acf-c161-49e1-af5a-2f8c1a410d82</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI KEPULAUAN RIAU 4</t>
+  </si>
+  <si>
+    <t>KEPULAUAN RIAU, KARIMUN, MORO; KEPULAUAN RIAU, KARIMUN, KUNDUR; KEPULAUAN RIAU, KARIMUN, UNGAR; KEPULAUAN RIAU, KARIMUN, KARIMUN; KEPULAUAN RIAU, KARIMUN, TEBING; KEPULAUAN RIAU, KARIMUN, MORO</t>
+  </si>
+  <si>
+    <t>Riduan Kristian P. Manik, S.Kom., S.T., M,Si.</t>
+  </si>
+  <si>
+    <t>9f26a28c-dbad-49a0-a7c7-86d2b979ffe0</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah Provinsi Bali 1</t>
+  </si>
+  <si>
+    <t>BALI, JEMBRANA; BALI, BADUNG; BALI, TABANAN</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Bali.</t>
+  </si>
+  <si>
+    <t>Fitriyanti, S.T.</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Bali</t>
+  </si>
+  <si>
+    <t>2025-10-29</t>
+  </si>
+  <si>
+    <t>137 hari</t>
+  </si>
+  <si>
+    <t>9f285f94-8e55-486d-bebe-c41cb49aae64</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Tenggara 2</t>
+  </si>
+  <si>
+    <t>SULAWESI TENGGARA, BUTON TENGAH, GU; SULAWESI TENGGARA, BUTON TENGAH, LAKUDO; SULAWESI TENGGARA, KONAWE, LALONGGASUMEETO; SULAWESI TENGGARA, KONAWE, UNAAHA; SULAWESI TENGGARA, KONAWE, ABUKI</t>
+  </si>
+  <si>
+    <t>9f294088-ce04-4b9d-a583-4997f5b933c2</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sumatera Selatan 2</t>
+  </si>
+  <si>
+    <t>SUMATERA SELATAN, OGAN ILIR, PAYARAMAN; SUMATERA SELATAN, PENUKAL ABAB LEMATANG ILIR, TALANG UBI; SUMATERA SELATAN, BANYU ASIN, RAMBUTAN; SUMATERA SELATAN, OGAN KOMERING ILIR, LEMPUING; SUMATERA SELATAN, OGAN KOMERING ILIR, LEMPUING</t>
+  </si>
+  <si>
+    <t>Harasa Ramdhany Pasin, S.T., M.Eng.</t>
+  </si>
+  <si>
+    <t>2025-08-19</t>
+  </si>
+  <si>
+    <t>65 hari</t>
+  </si>
+  <si>
+    <t>9f2a3a8d-ccea-4af0-b683-efca6ad6c79d</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Tengah 1 - Salah</t>
+  </si>
+  <si>
+    <t>SULAWESI TENGAH, SIGI, DOLO; SULAWESI TENGAH, SIGI, DOLO; SULAWESI TENGAH, SIGI, SIGI BIROMARU; SULAWESI TENGAH, SIGI, SIGI BIROMARU; SULAWESI TENGAH, SIGI, SIGI BIROMARU; SULAWESI TENGAH, SIGI, SIGI BIROMARU; SULAWESI TENGAH, SIGI, SIGI BIROMARU; SULAWESI TENGAH, SIGI, SIGI BIROMARU; SULAWESI TENGAH, SIGI, DOLO SELATAN; SULAWESI TENGAH, SIGI, TANAMBULAVA; SULAWESI TENGAH, SIGI, SIGI BIROMARU; SULAWESI TENGAH, SIGI, DOLO</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Sulawesi Tengah.</t>
+  </si>
+  <si>
+    <t>Rhamon Pratama P. Tandugan ST.,M.Pw</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Sulawesi Tengah</t>
+  </si>
+  <si>
+    <t>288 hari</t>
+  </si>
+  <si>
+    <t>HPS Selesai Reviu BP2JK/TPBJK (Perlu Perbaikan)</t>
+  </si>
+  <si>
+    <t>9f2a4d86-574a-4841-baf3-7a03aa828902</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Maluku 3</t>
+  </si>
+  <si>
+    <t>MALUKU, SERAM BAGIAN BARAT, HUAMUAL; MALUKU, MALUKU TENGAH, SALAHUTU; MALUKU, BURU, WAEAPO</t>
+  </si>
+  <si>
+    <t>Conny Yulietha Lelapary</t>
+  </si>
+  <si>
+    <t>228 hari</t>
+  </si>
+  <si>
+    <t>9f2a7617-62a4-43bf-8942-706b9ad034f4</t>
+  </si>
+  <si>
+    <t>Pembangunan Gedung Menara Fakultas Teknik Universitas Sriwijaya</t>
+  </si>
+  <si>
+    <t>SUMATERA SELATAN, KOTA PALEMBANG, ILIR BARAT I</t>
+  </si>
+  <si>
+    <t>2025-11-17</t>
+  </si>
+  <si>
+    <t>154 hari</t>
+  </si>
+  <si>
+    <t>9f2c59cf-e203-42e1-b397-d20cc76a0853</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Tenggara 3</t>
+  </si>
+  <si>
+    <t>SULAWESI TENGGARA, KONAWE SELATAN, TINANGGEA; SULAWESI TENGGARA, KONAWE SELATAN, ANGATA; SULAWESI TENGGARA, BOMBANA, KABAENA TIMUR; SULAWESI TENGGARA, BOMBANA, POLEANG TIMUR; SULAWESI TENGGARA, KOLAKA UTARA, WATUNOHU; SULAWESI TENGGARA, KONAWE UTARA, LASOLO; SULAWESI TENGGARA, KOLAKA TIMUR, POLI-POLIA; SULAWESI TENGGARA, KOTA KENDARI, KADIA</t>
+  </si>
+  <si>
+    <t>51 hari</t>
+  </si>
+  <si>
+    <t>9f2e3a90-8912-4f0e-84cd-bca7615f3d27</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovsasi Madrasah PHTC Provinsi Gorontalo 1</t>
+  </si>
+  <si>
+    <t>GORONTALO, GORONTALO, TOLANGOHULA; GORONTALO, GORONTALO, BATUDAA; GORONTALO, GORONTALO, BATUDAA PANTAI; GORONTALO, GORONTALO, BOLIYOHUTO</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Gorontalo.</t>
+  </si>
+  <si>
+    <t>Wirda H. Abas, ST</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Sumatera Utara</t>
+  </si>
+  <si>
+    <t>2025-10-10</t>
+  </si>
+  <si>
+    <t>114 hari</t>
+  </si>
+  <si>
+    <t>9f2e4877-c672-4ea1-a236-6c8a6931cc3f</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovsasi Madrasah PHTC Provinsi Gorontalo 2</t>
+  </si>
+  <si>
+    <t>GORONTALO, BOALEMO, PAGUYAMAN PANTAI; GORONTALO, BOALEMO, DULUPI; GORONTALO, BOALEMO, PAGUYAMAN; GORONTALO, BOALEMO, TILAMUTA; GORONTALO, POHUWATO, PAGUAT; GORONTALO, POHUWATO, POPAYATO BARAT</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Riau</t>
+  </si>
+  <si>
+    <t>286 hari</t>
+  </si>
+  <si>
+    <t>Penyampaian Hasil Reviu HPS</t>
+  </si>
+  <si>
+    <t>9f2e4c96-6188-4bfb-8eab-af99e6922ed9</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovsasi Madrasah PHTC Provinsi Gorontalo 3</t>
+  </si>
+  <si>
+    <t>GORONTALO, GORONTALO UTARA, MONANO; GORONTALO, GORONTALO UTARA, KWANDANG; GORONTALO, GORONTALO UTARA, GENTUMA RAYA; GORONTALO, BONE BOLANGO, BONE</t>
+  </si>
+  <si>
+    <t>2025-08-14</t>
+  </si>
+  <si>
+    <t>9f2ebee6-b125-48de-9631-ef6484b45884</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI SULAWESI BARAT 1</t>
+  </si>
+  <si>
+    <t>SULAWESI BARAT, MAJENE, TUBO SENDANA; SULAWESI BARAT, MAJENE, MALUNDA; SULAWESI BARAT, MAJENE, PAMBOANG; SULAWESI BARAT, MAJENE, BANGGAE TIMUR; SULAWESI BARAT, POLEWALI MANDAR, TINAMBUNG; SULAWESI BARAT, POLEWALI MANDAR, LIMBORO; SULAWESI BARAT, POLEWALI MANDAR, POLEWALI; SULAWESI BARAT, POLEWALI MANDAR, MATAKALI; SULAWESI BARAT, POLEWALI MANDAR, BINUANG; SULAWESI BARAT, POLEWALI MANDAR, TAPANGO; SULAWESI BARAT, POLEWALI MANDAR, MAPILLI</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Sulawesi Barat.</t>
+  </si>
+  <si>
+    <t>Wawan Setioko, S.T., M.T.</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Sulawesi Barat</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>187 hari</t>
+  </si>
+  <si>
+    <t>9f30277c-4609-4399-b3f2-038cc99bfc83</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Maluku 1</t>
+  </si>
+  <si>
+    <t>MALUKU, MALUKU TENGGARA, KEI BESAR UTARA TIMUR; MALUKU, MALUKU TENGGARA, KEI BESAR SELATAN BARAT; MALUKU, MALUKU TENGGARA, KEI BESAR</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>203 hari</t>
+  </si>
+  <si>
+    <t>9f326331-9124-41af-8892-6a9b238fae36</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sumatera Barat 1</t>
+  </si>
+  <si>
+    <t>SUMATERA BARAT, SOLOK, BUKIT SUNDI; SUMATERA BARAT, SOLOK, IX KOTO SUNGAI LASI; SUMATERA BARAT, SOLOK, JUNJUNG SIRIH; SUMATERA BARAT, KOTA SOLOK, LUBUK SIKARAH; SUMATERA BARAT, SOLOK SELATAN, SANGIR; SUMATERA BARAT, DHARMASRAYA, PULAU PUNJUNG; SUMATERA BARAT, DHARMASRAYA, KOTO BARU; SUMATERA BARAT, DHARMASRAYA, PULAU PUNJUNG</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Sumatera Barat.</t>
+  </si>
+  <si>
+    <t>Ivan Pratama Setiadi, ST., MT</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Sumatera Barat</t>
+  </si>
+  <si>
+    <t>2025-08-20</t>
+  </si>
+  <si>
+    <t>61 hari</t>
+  </si>
+  <si>
+    <t>9f36e93a-4eae-40b3-a2fb-afd73445b22a</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Utara 1</t>
+  </si>
+  <si>
+    <t>SULAWESI UTARA, BOLAANG MONGONDOW, DUMOGA; SULAWESI UTARA, BOLAANG MONGONDOW UTARA, PINOGALUMAN; SULAWESI UTARA, BOLAANG MONGONDOW UTARA, SANGKUB; SULAWESI UTARA, BOLAANG MONGONDOW TIMUR, KOTABUNAN; SULAWESI UTARA, BOLAANG MONGONDOW SELATAN, PINOLOSIAN TENGAH; SULAWESI UTARA, KOTA KOTAMOBAGU, KOTAMOBAGU TIMUR; SULAWESI UTARA, MINAHASA TENGGARA, BELANG</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Sulawesi Utara.</t>
+  </si>
+  <si>
+    <t>Rachmat Julian Fajar, S.T.</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Sulawesi Utara</t>
+  </si>
+  <si>
+    <t>59 hari</t>
+  </si>
+  <si>
+    <t>9f389004-159f-4f79-be3b-eb074e2ba0d0</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sumatera Barat 2</t>
+  </si>
+  <si>
+    <t>SUMATERA BARAT, TANAH DATAR, PADANG GANTING; SUMATERA BARAT, PADANG PARIAMAN, IV KOTO AUR MALINTANG; SUMATERA BARAT, KOTA PARIAMAN, PARIAMAN SELATAN; SUMATERA BARAT, LIMA PULUH KOTA, BUKIK BARISAN; SUMATERA BARAT, KOTA PAYAKUMBUH, PAYAKUMBUH TIMUR; SUMATERA BARAT, KOTA PAYAKUMBUH, PAYAKUMBUH UTARA; SUMATERA BARAT, KOTA PADANG, KURANJI; SUMATERA BARAT, KOTA PADANG, KOTO TANGAH</t>
+  </si>
+  <si>
+    <t>58 hari</t>
+  </si>
+  <si>
+    <t>9f38fde3-57b4-49df-8d76-bfcd296c361e</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Maluku Utara 2</t>
+  </si>
+  <si>
+    <t>MALUKU UTARA, KEPULAUAN SULA, SANANA; MALUKU UTARA, KEPULAUAN SULA, MANGOLI UTARA</t>
+  </si>
+  <si>
+    <t>281 hari</t>
+  </si>
+  <si>
+    <t>9f393a13-f274-47ee-a67e-0e6034e6bddf</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Kalimantan Utara 2</t>
+  </si>
+  <si>
+    <t>KALIMANTAN UTARA, NUNUKAN, SEBATIK TIMUR; KALIMANTAN UTARA, NUNUKAN, NUNUKAN SELATAN; KALIMANTAN UTARA, NUNUKAN, NUNUKAN</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Kalimantan Utara.</t>
+  </si>
+  <si>
+    <t>Syarif Hidayat, S.T.</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Kalimantan Utara</t>
+  </si>
+  <si>
+    <t>9f3a93d2-dc71-4174-b7d1-b046da0c9769</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Timur 3</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, LUMAJANG, SUMBERSUKO; JAWA TIMUR, LUMAJANG, KLAKAH; JAWA TIMUR, LUMAJANG, KLAKAH; JAWA TIMUR, LUMAJANG, TEKUNG; JAWA TIMUR, LUMAJANG, SUMBERSUKO; JAWA TIMUR, LUMAJANG, TEMPEH; JAWA TIMUR, LUMAJANG, RANUYOSO; JAWA TIMUR, MALANG, DONOMULYO; JAWA TIMUR, MALANG, TUREN; JAWA TIMUR, MALANG, SINGOSARI; JAWA TIMUR, KOTA MALANG, LOWOKWARU; JAWA TIMUR, KOTA BATU, JUNREJO</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Jawa Timur.</t>
+  </si>
+  <si>
+    <t>Yuni Ahmat Erivianto, S.T., M.Eng</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Jawa Timur</t>
+  </si>
+  <si>
+    <t>63 hari</t>
+  </si>
+  <si>
+    <t>9f3e52eb-105c-4eeb-9a1c-c2fb20eab639</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Kalimantan Timur 1</t>
+  </si>
+  <si>
+    <t>KALIMANTAN TIMUR, PASER, BATU SOPANG; KALIMANTAN TIMUR, PASER, LONG KALI</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Kalimantan Timur.</t>
+  </si>
+  <si>
+    <t>Eva Prasusani, ST.</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Kalimantan Timur</t>
+  </si>
+  <si>
+    <t>RPM</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>130 hari</t>
+  </si>
+  <si>
+    <t>9f3ed853-e426-4a29-9285-bf1aafe41ca8</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Maluku Utara 3</t>
+  </si>
+  <si>
+    <t>MALUKU UTARA, PULAU MOROTAI, MOROTAI SELATAN</t>
+  </si>
+  <si>
+    <t>278 hari</t>
+  </si>
+  <si>
+    <t>9f4860b2-da56-4ca6-aebf-a8023bed6ae0</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Tenggara 4</t>
+  </si>
+  <si>
+    <t>SULAWESI TENGGARA, BUTON, LASALIMU SELATAN; SULAWESI TENGGARA, WAKATOBI, TOMIA; SULAWESI TENGGARA, WAKATOBI, KALEDUPA; SULAWESI TENGGARA, BUTON SELATAN, BATAUGA; SULAWESI TENGGARA, KONAWE KEPULAUAN, WAWONII TENGAH; SULAWESI TENGGARA, KONAWE KEPULAUAN, WAWONII TIMUR LAUT</t>
+  </si>
+  <si>
+    <t>2025-09-12</t>
+  </si>
+  <si>
+    <t>73 hari</t>
+  </si>
+  <si>
+    <t>9f48b98a-57db-414c-bdc4-c226d1955227</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Selatan 3</t>
+  </si>
+  <si>
+    <t>SULAWESI SELATAN, KEPULAUAN SELAYAR; SULAWESI SELATAN, BULUKUMBA</t>
+  </si>
+  <si>
+    <t>Martinus, ST</t>
+  </si>
+  <si>
+    <t>2025-09-16</t>
+  </si>
+  <si>
+    <t>9f48c2f4-e738-4f86-ad42-82636f978054</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Selatan 4</t>
+  </si>
+  <si>
+    <t>SULAWESI SELATAN, SINJAI</t>
+  </si>
+  <si>
+    <t>2025-09-19</t>
+  </si>
+  <si>
+    <t>80 hari</t>
+  </si>
+  <si>
+    <t>9f4900bb-e720-4d7b-8a07-713cbfd91a67</t>
+  </si>
+  <si>
+    <t>Rehabilitasi Masjid Syuhada Yogyakarta</t>
+  </si>
+  <si>
+    <t>DI YOGYAKARTA, KOTA YOGYAKARTA, GONDOKUSUMAN</t>
+  </si>
+  <si>
+    <t>Risky Firmansyah Putra S.S.T</t>
+  </si>
+  <si>
+    <t>273 hari</t>
+  </si>
+  <si>
+    <t>9f5152e8-835a-4520-84c6-eb479eb1debe</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Barat 2</t>
+  </si>
+  <si>
+    <t>SULAWESI BARAT, MAMUJU, MAMUJU; SULAWESI BARAT, MAMUJU, KALUKKU; SULAWESI BARAT, MAMUJU TENGAH, PANGALE; SULAWESI BARAT, MAMUJU TENGAH, TOPOYO; SULAWESI BARAT, MAMUJU UTARA, DAPURANG; SULAWESI BARAT, MAMUJU UTARA, BARAS; SULAWESI BARAT, MAMUJU UTARA, TIKKE RAYA; SULAWESI BARAT, MAMUJU UTARA, BAMBAIRA</t>
+  </si>
+  <si>
+    <t>Kikit Olmus, S.T.</t>
+  </si>
+  <si>
+    <t>47 hari</t>
+  </si>
+  <si>
+    <t>9f5527a0-1e2b-44ea-9367-dc47dfd79832</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Utara 2</t>
+  </si>
+  <si>
+    <t>SULAWESI UTARA, KOTA MANADO, BUNAKEN; SULAWESI UTARA, MINAHASA, PINELENG; SULAWESI UTARA, MINAHASA UTARA, WORI; SULAWESI UTARA, MINAHASA SELATAN, AMURANG; SULAWESI UTARA, KOTA BITUNG, GIRIAN; SULAWESI UTARA, KEPULAUAN SANGIHE, TABUKAN UTARA</t>
+  </si>
+  <si>
+    <t>2025-08-06</t>
+  </si>
+  <si>
+    <t>30 hari</t>
+  </si>
+  <si>
+    <t>9f5cac2b-c461-4164-81fa-2530c0dd1495</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sumatera Barat 3</t>
+  </si>
+  <si>
+    <t>SUMATERA BARAT, PASAMAN, BONJOL; SUMATERA BARAT, PASAMAN, BONJOL; SUMATERA BARAT, PASAMAN, LUBUK SIKAPING; SUMATERA BARAT, PESISIR SELATAN, LINGGO SARI BAGANTI; SUMATERA BARAT, PESISIR SELATAN, LINGGO SARI BAGANTI; SUMATERA BARAT, PASAMAN BARAT, SUNGAI BEREMAS; SUMATERA BARAT, PASAMAN BARAT, SUNGAI BEREMAS; SUMATERA BARAT, PASAMAN BARAT, TALAMAU; SUMATERA BARAT, KOTA SAWAH LUNTO, TALAWI; SUMATERA BARAT, AGAM, IV KOTO; SUMATERA BARAT, AGAM, LUBUK BASUNG; SUMATERA BARAT, AGAM, TANJUNG RAYA; SUMATERA BARAT, AGAM, CANDUANG</t>
+  </si>
+  <si>
+    <t>Ivan Pratama Setiadi, S.T., M.T.</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>145 hari</t>
+  </si>
+  <si>
+    <t>9f5d0f0a-9b19-4dad-9270-3472ab1faf28</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Papua Selatan</t>
+  </si>
+  <si>
+    <t>PAPUA, MERAUKE; PAPUA,</t>
+  </si>
+  <si>
+    <t>45 hari</t>
+  </si>
+  <si>
+    <t>9f626bd8-e161-4472-a3cb-dcd799b848e2</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Kalimantan Timur 2</t>
+  </si>
+  <si>
+    <t>KALIMANTAN TIMUR, PENAJAM PASER UTARA, PENAJAM; KALIMANTAN TIMUR, PENAJAM PASER UTARA, BABULU; KALIMANTAN TIMUR, KOTA BALIKPAPAN, BALIKPAPAN KOTA</t>
+  </si>
+  <si>
+    <t>112 hari</t>
+  </si>
+  <si>
+    <t>9f626f2f-488f-4fe2-a095-993bc342fbeb</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Kalimantan Timur 3</t>
+  </si>
+  <si>
+    <t>KALIMANTAN TIMUR, BERAU, TELUK BAYUR; KALIMANTAN TIMUR, KUTAI KARTANEGARA, MARANG KAYU; KALIMANTAN TIMUR, KUTAI KARTANEGARA, MUARA JAWA; KALIMANTAN TIMUR, KUTAI KARTANEGARA, SEMBOJA; KALIMANTAN TIMUR, KUTAI KARTANEGARA, LOA JANAN</t>
+  </si>
+  <si>
+    <t>9f62721c-ce06-4001-8a25-7bf4dc0d4e92</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Kalimantan Timur 4</t>
+  </si>
+  <si>
+    <t>KALIMANTAN TIMUR, KUTAI KARTANEGARA, TENGGARONG; KALIMANTAN TIMUR, KUTAI KARTANEGARA, MUARA KAMAN; KALIMANTAN TIMUR, KUTAI BARAT, LINGGANG BIGUNG</t>
+  </si>
+  <si>
+    <t>9f6273c3-137b-46e9-8bc3-5e85505521b0</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Kalimantan Timur 5</t>
+  </si>
+  <si>
+    <t>KALIMANTAN TIMUR, KOTA SAMARINDA, PALARAN; KALIMANTAN TIMUR, KOTA SAMARINDA, SAMARINDA UTARA; KALIMANTAN TIMUR, KOTA SAMARINDA, SAMBUTAN; KALIMANTAN TIMUR, KOTA SAMARINDA, SUNGAI KUNJANG</t>
+  </si>
+  <si>
+    <t>9f648991-7fe8-4f8f-b513-7279c74a22ea</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Barat 2'</t>
+  </si>
+  <si>
+    <t>JAWA BARAT, SUKABUMI, PALABUHANRATU; JAWA BARAT, CIANJUR, SINDANGBARANG</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Jawa Barat.</t>
+  </si>
+  <si>
+    <t>Purwanto Joko Astriyo, S.T.</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Jawa Barat</t>
+  </si>
+  <si>
+    <t>9f66faca-75a7-4ffe-bc6c-c930ae5017d4</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Tengah 3</t>
+  </si>
+  <si>
+    <t>JAWA TENGAH, PEMALANG; JAWA TENGAH, PEKALONGAN; JAWA TENGAH, KOTA PEKALONGAN</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Jawa Tengah.</t>
+  </si>
+  <si>
+    <t>Jodie Prayogo, S.T., M.Eng</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Jawa Tengah</t>
+  </si>
+  <si>
+    <t>258 hari</t>
+  </si>
+  <si>
+    <t>HPS Selesai Reviu BP2JK/TPBJK (Tidak Perlu Perbaikan)</t>
+  </si>
+  <si>
+    <t>9f673c61-2ab5-4a29-a828-c7a9037143d7</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Riau 1</t>
+  </si>
+  <si>
+    <t>RIAU, KOTA PEKANBARU, RUMBAI; RIAU, KOTA PEKANBARU, RUMBAI; RIAU, KOTA PEKANBARU, MARPOYAN DAMAI; RIAU, KOTA PEKANBARU, MARPOYAN DAMAI; RIAU, S I A K, SIAK</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Riau.</t>
+  </si>
+  <si>
+    <t>Nurhidayat Nugroho, S.Ars.</t>
+  </si>
+  <si>
+    <t>2025-09-03</t>
+  </si>
+  <si>
+    <t>9f675629-13a8-4aa1-9908-e84b56257688</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Papua Tengah</t>
+  </si>
+  <si>
+    <t>PAPUA, PANIAI; PAPUA, NABIRE</t>
+  </si>
+  <si>
+    <t>9f6cc382-def6-4c73-9a2c-f3d66ab84bfa</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Nusa Tenggara Timur 1</t>
+  </si>
+  <si>
+    <t>NUSA TENGGARA TIMUR, MANGGARAI TIMUR, SAMBI RAMPAS; NUSA TENGGARA TIMUR, MANGGARAI TIMUR, LAMBA LEDA; NUSA TENGGARA TIMUR, MANGGARAI TIMUR, SAMBI RAMPAS; NUSA TENGGARA TIMUR, MANGGARAI TIMUR, SAMBI RAMPAS; NUSA TENGGARA TIMUR, MANGGARAI TIMUR, SAMBI RAMPAS; NUSA TENGGARA TIMUR, MANGGARAI TIMUR, SAMBI RAMPAS; NUSA TENGGARA TIMUR, MANGGARAI TIMUR, LAMBA LEDA; NUSA TENGGARA TIMUR, MANGGARAI TIMUR, LAMBA LEDA</t>
+  </si>
+  <si>
+    <t>Ade Buddhi Yoga Acyuta</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Nusa Tenggara Timur</t>
+  </si>
+  <si>
+    <t>255 hari</t>
+  </si>
+  <si>
+    <t>9f6cd843-ecd3-45b9-a3b9-fc3b61cb33f3</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Nusa Tenggara Timur 2</t>
+  </si>
+  <si>
+    <t>NUSA TENGGARA TIMUR, MANGGARAI TIMUR, SAMBI RAMPAS; NUSA TENGGARA TIMUR, MANGGARAI TIMUR, LAMBA LEDA; NUSA TENGGARA TIMUR, NAGEKEO, AESESA; NUSA TENGGARA TIMUR, NGADA, GOLEWA SELATAN; NUSA TENGGARA TIMUR, SIKKA, ALOK BARAT; NUSA TENGGARA TIMUR, ENDE, ENDE TIMUR</t>
+  </si>
+  <si>
+    <t>9f6f209d-624a-4be4-9352-431e632ca438</t>
+  </si>
+  <si>
+    <t>Pembangunan Stadion Sudiang Kota Makassar</t>
+  </si>
+  <si>
+    <t>SULAWESI SELATAN, KOTA MAKASSAR, BIRING KANAYA</t>
+  </si>
+  <si>
+    <t>2025-2027</t>
+  </si>
+  <si>
     <t>254 hari</t>
   </si>
   <si>
-    <t>Proses Reviu HPS di BP2JK/TPBJK</t>
-[...839 lines deleted...]
-    <t>MALUKU UTARA, PULAU MOROTAI, MOROTAI SELATAN</t>
+    <t>9f715f45-3335-41f8-8adf-5e43c7a9ae53</t>
+  </si>
+  <si>
+    <t>JANGAN INPUT DISINI</t>
+  </si>
+  <si>
+    <t>SUMATERA UTARA, TAPANULI SELATAN, SAYUR MATINGGI; SUMATERA UTARA, TAPANULI TENGAH, SIBABANGUN; SUMATERA UTARA, PADANG LAWAS, BARUMUN; SUMATERA UTARA, DELI SERDANG, HAMPARAN PERAK; SUMATERA UTARA, KOTA SIBOLGA, SIBOLGA SELATAN</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Sumatera Utara.</t>
+  </si>
+  <si>
+    <t>Muhammad Sulthoni, S.T.</t>
+  </si>
+  <si>
+    <t>253 hari</t>
+  </si>
+  <si>
+    <t>9f72df38-837a-4458-8f53-d46db5dfee14</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI SUMATERA UTARA 1</t>
+  </si>
+  <si>
+    <t>SUMATERA UTARA, PADANG LAWAS, AEK NABARA BARUMUN; SUMATERA UTARA, PADANG LAWAS, BARUMUN TENGAH; SUMATERA UTARA, ASAHAN, PULAU RAKYAT; SUMATERA UTARA, BATU BARA, LIMAPULUH; SUMATERA UTARA, BATU BARA, LIMAPULUH; SUMATERA UTARA, LABUHAN BATU UTARA, AEK NATAS; SUMATERA UTARA, LABUHAN BATU UTARA, KUALUH SELATAN</t>
+  </si>
+  <si>
+    <t>Muhammad Sulthoni Rahman, S.T.</t>
+  </si>
+  <si>
+    <t>252 hari</t>
+  </si>
+  <si>
+    <t>9f72f992-be0d-4400-943b-fc4ba867ed80</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI SUMATERA UTARA 2</t>
+  </si>
+  <si>
+    <t>SUMATERA UTARA, HUMBANG HASUNDUTAN, DOLOK SANGGUL; SUMATERA UTARA, PAKPAK BHARAT, SITELLU TALI URANG JEHE; SUMATERA UTARA, SIMALUNGUN, BANDAR MASILAM; SUMATERA UTARA, KOTA BINJAI, BINJAI SELATAN; SUMATERA UTARA, DELI SERDANG, LUBUK PAKAM; SUMATERA UTARA, KOTA PEMATANG SIANTAR, SIANTAR BARAT</t>
+  </si>
+  <si>
+    <t>Muhammad Sulthoni Rahman, ST</t>
+  </si>
+  <si>
+    <t>Usulan tender ke BP2JK/TPBJK</t>
+  </si>
+  <si>
+    <t>9f72fbe4-17f4-44a2-a239-11a1f6ecc5d0</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI SUMATERA UTARA 3</t>
+  </si>
+  <si>
+    <t>SUMATERA UTARA, MANDAILING NATAL, PANYABUNGAN; SUMATERA UTARA, TAPANULI TENGAH, SORKAM BARAT; SUMATERA UTARA, TAPANULI UTARA, TARUTUNG; SUMATERA UTARA, KOTA SIBOLGA, SIBOLGA KOTA; SUMATERA UTARA, KOTA PADANGSIDIMPUAN, PADANGSIDIMPUAN SELATAN; SUMATERA UTARA, PADANG LAWAS UTARA, PORTIBI</t>
+  </si>
+  <si>
+    <t>9f72fdc4-f95a-453a-8d5f-4b0956c1c982</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI SUMATERA UTARA 4</t>
+  </si>
+  <si>
+    <t>SUMATERA UTARA, ASAHAN, AEK SONGSONGAN; SUMATERA UTARA, ASAHAN, AIR BATU; SUMATERA UTARA, BATU BARA, SEI SUKA; SUMATERA UTARA, BATU BARA, SEI SUKA; SUMATERA UTARA, KOTA TANJUNG BALAI, TELUK NIBUNG; SUMATERA UTARA, SERDANG BEDAGAI, TANJUNG BERINGIN</t>
+  </si>
+  <si>
+    <t>9f7300a1-4e2f-458c-a68b-c25e14008d7d</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI SUMATERA UTARA 5</t>
+  </si>
+  <si>
+    <t>SUMATERA UTARA, SIMALUNGUN, HUTABAYU RAJA; SUMATERA UTARA, DAIRI, SIDIKALANG; SUMATERA UTARA, DAIRI, SIDIKALANG; SUMATERA UTARA, DAIRI, SIDIKALANG; SUMATERA UTARA, KARO, BERASTAGI; SUMATERA UTARA, LANGKAT, WAMPU</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>125 hari</t>
+  </si>
+  <si>
+    <t>9f730243-e1e0-4965-b19b-0ad1f00fc7d1</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI SUMATERA UTARA 6</t>
+  </si>
+  <si>
+    <t>SUMATERA UTARA, NIAS UTARA, LAHEWA; SUMATERA UTARA, NIAS UTARA, LAHEWA; SUMATERA UTARA, NIAS UTARA, LAHEWA; SUMATERA UTARA, KOTA GUNUNGSITOLI, GUNUNGSITOLI IDANOI</t>
+  </si>
+  <si>
+    <t>9f730382-aef9-4624-a592-eacaee07e996</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI SUMATERA UTARA 7</t>
+  </si>
+  <si>
+    <t>SUMATERA UTARA, NIAS SELATAN, PULAU-PULAU BATU; SUMATERA UTARA, NIAS SELATAN, PULAU-PULAU BATU; SUMATERA UTARA, NIAS SELATAN, PULAU-PULAU BATU; SUMATERA UTARA, NIAS SELATAN, PULAU-PULAU BATU</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>111 hari</t>
+  </si>
+  <si>
+    <t>9f7314c8-26d5-4b28-8db6-42fdb7741ae2</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Banten 1</t>
+  </si>
+  <si>
+    <t>BANTEN, TANGERANG, CISAUK; BANTEN, KOTA TANGERANG, TANGERANG; BANTEN, KOTA TANGERANG SELATAN, CIPUTAT</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Banten.</t>
+  </si>
+  <si>
+    <t>Nabil Muhammad, ST</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Banten</t>
+  </si>
+  <si>
+    <t>2025-08-13</t>
+  </si>
+  <si>
+    <t>22 hari</t>
+  </si>
+  <si>
+    <t>9f733915-e301-4b7c-9b93-640823fb1360</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Lampung 1</t>
+  </si>
+  <si>
+    <t>LAMPUNG, LAMPUNG TIMUR, SUKADANA; LAMPUNG, KOTA METRO, METRO PUSAT; LAMPUNG, KOTA BANDAR LAMPUNG, TANJUNG SENANG; LAMPUNG, LAMPUNG SELATAN, KALIANDA; LAMPUNG, PESAWARAN, GEDUNG TATAAN; LAMPUNG, PRINGSEWU, PRINGSEWU; LAMPUNG, TANGGAMUS, KOTA AGUNG</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Lampung.</t>
+  </si>
+  <si>
+    <t>Pendi Maita Yunas, S.T</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Lampung</t>
+  </si>
+  <si>
+    <t>2025-08-22</t>
+  </si>
+  <si>
+    <t>31 hari</t>
+  </si>
+  <si>
+    <t>9f74e1f9-ffc9-40d0-8c00-6717be2de067</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Aceh 4</t>
+  </si>
+  <si>
+    <t>ACEH, KOTA SABANG, SUKAKARYA; ACEH, ACEH SINGKIL, GUNUNG MERIAH; ACEH, GAYO LUES, PUTRI BETUNG</t>
+  </si>
+  <si>
+    <t>Reno Bayuaji Kusprayogo, S.T., M.T.</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>70 hari</t>
+  </si>
+  <si>
+    <t>9f78edaf-7e02-4501-a132-edf5fb040008</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Banten 2</t>
+  </si>
+  <si>
+    <t>BANTEN, KOTA SERANG, SERANG; BANTEN, SERANG, WARINGINKURUNG; BANTEN, KOTA CILEGON, PULOMERAK; BANTEN, PANDEGLANG, CIKEDAL; BANTEN, LEBAK, CIBADAK</t>
+  </si>
+  <si>
+    <t>19 hari</t>
+  </si>
+  <si>
+    <t>9f853cd0-84f1-488e-bb0e-5d7b0b86168d</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovsasi Madrasah PHTC Provinsi Gorontalo 4a</t>
+  </si>
+  <si>
+    <t>GORONTALO, KOTA GORONTALO, DUNGINGI; GORONTALO, KOTA GORONTALO, SIPATANA; GORONTALO, BOALEMO, PAGUYAMAN; GORONTALO, BOALEMO, TILAMUTA</t>
+  </si>
+  <si>
+    <t>244 hari</t>
+  </si>
+  <si>
+    <t>9f90f67f-fe51-4e62-a25a-7f44ac838a27</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sumatera Selatan 1</t>
+  </si>
+  <si>
+    <t>2025-08-29</t>
+  </si>
+  <si>
+    <t>24 hari</t>
+  </si>
+  <si>
+    <t>9fa37391-4615-47a7-9531-5cfb4e5d0367</t>
+  </si>
+  <si>
+    <t>Pembangunan Landscape SD dan SMP di Kawasan Hunian ASN IKN</t>
+  </si>
+  <si>
+    <t>KALIMANTAN TIMUR, PENAJAM PASER UTARA, SEPAKU</t>
+  </si>
+  <si>
+    <t>EVA PRASUSANI, S.T.</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>123 hari</t>
+  </si>
+  <si>
+    <t>9fad31b3-d2dc-4077-9142-1746eed053b6</t>
+  </si>
+  <si>
+    <t>REHABILITASI PASAR NGAWEN BLORA</t>
+  </si>
+  <si>
+    <t>JAWA TENGAH, BLORA, NGAWEN</t>
+  </si>
+  <si>
+    <t>JODIE PRAYOGO, S.T., M.Eng</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>9fb14539-e133-40ef-9561-b54354fce402</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI KEPULAUAN RIAU 5</t>
+  </si>
+  <si>
+    <t>KEPULAUAN RIAU, KEPULAUAN ANAMBAS, PALMATAK; KEPULAUAN RIAU, KEPULAUAN ANAMBAS, JEMAJA; KEPULAUAN RIAU, KEPULAUAN ANAMBAS, PALMATAK; KEPULAUAN RIAU, NATUNA, SERASAN; KEPULAUAN RIAU, NATUNA, PULAU TIGA; KEPULAUAN RIAU, NATUNA, BUNGURAN BARAT; KEPULAUAN RIAU, NATUNA, BUNGURAN TIMUR LAUT; KEPULAUAN RIAU, NATUNA, BUNGURAN UTARA; KEPULAUAN RIAU, NATUNA, BUNGURAN BARAT</t>
+  </si>
+  <si>
+    <t>Riduan Kristian P. Manik, S. Kom., S.T., M,Si</t>
+  </si>
+  <si>
+    <t>50 hari</t>
+  </si>
+  <si>
+    <t>9fb1863c-66d5-4918-8f09-80f8af415e83</t>
+  </si>
+  <si>
+    <t>Pembangunan Lanjutan Pasar Painan</t>
+  </si>
+  <si>
+    <t>SUMATERA BARAT, PESISIR SELATAN, IV JURAI</t>
+  </si>
+  <si>
+    <t>Ivan Pratama Setiadi S.T.</t>
+  </si>
+  <si>
+    <t>9fb1b615-a216-46cb-a098-b72b8a54be9d</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Papua Selatan 2</t>
+  </si>
+  <si>
+    <t>PAPUA, MAPPI, ASSUE</t>
+  </si>
+  <si>
+    <t>2025-09-22</t>
+  </si>
+  <si>
+    <t>32 hari</t>
+  </si>
+  <si>
+    <t>9fb1b8f1-f319-4a8f-93bd-21ce9ba4efca</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Timur 4</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, BLITAR, BINANGUN; JAWA TIMUR, BLITAR, WATES; JAWA TIMUR, BLITAR, SELOPURO; JAWA TIMUR, BLITAR, TALUN; JAWA TIMUR, BLITAR, SELOPURO; JAWA TIMUR, BLITAR, SRENGAT; JAWA TIMUR, BLITAR, PANGGUNGREJO; JAWA TIMUR, KEDIRI, BADAS; JAWA TIMUR, PONOROGO, MLARAK; JAWA TIMUR, PONOROGO, PONOROGO; JAWA TIMUR, PONOROGO, SOOKO; JAWA TIMUR, PONOROGO, PULUNG; JAWA TIMUR, PONOROGO, SAMBIT; JAWA TIMUR, PACITAN, PACITAN; JAWA TIMUR, TRENGGALEK, WATULIMO; JAWA TIMUR, TULUNGAGUNG, SUMBERGEMPOL</t>
+  </si>
+  <si>
+    <t>Yuni Ahmat Erivianto, S.T., M.Eng.</t>
+  </si>
+  <si>
+    <t>222 hari</t>
+  </si>
+  <si>
+    <t>9fb705be-5c2d-456e-a939-a5c9b38317a9</t>
+  </si>
+  <si>
+    <t>Pembangunan RSUD dr. Sobirin Musi Rawas</t>
+  </si>
+  <si>
+    <t>SUMATERA SELATAN, MUSI RAWAS, MUARA BELITI</t>
+  </si>
+  <si>
+    <t>Harasa Ramdhany Pasin , S.T., M.Eng</t>
+  </si>
+  <si>
+    <t>85 hari</t>
+  </si>
+  <si>
+    <t>9fb706a2-3706-4eaa-8b83-bad3d9375e12</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Kalimantan Selatan 7</t>
+  </si>
+  <si>
+    <t>KALIMANTAN SELATAN, TABALONG, MUARA UYA; KALIMANTAN SELATAN, TABALONG, HARUAI; KALIMANTAN SELATAN, BALANGAN, LAMPIHONG; KALIMANTAN SELATAN, BALANGAN, AWAYAN; KALIMANTAN SELATAN, BALANGAN, HALONG</t>
+  </si>
+  <si>
+    <t>2025-09-10</t>
+  </si>
+  <si>
+    <t>17 hari</t>
+  </si>
+  <si>
+    <t>9fb722e7-b27b-49b0-87f6-4b5fb8d035be</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Selatan 5</t>
+  </si>
+  <si>
+    <t>SULAWESI SELATAN, TAKALAR, POLOMBANGKENG SELATAN; SULAWESI SELATAN, JENEPONTO, BANGKALA; SULAWESI SELATAN, WAJO, PITUMPANUA; SULAWESI SELATAN, PINRANG, PALETEANG; SULAWESI SELATAN, LUWU UTARA, MASAMBA; SULAWESI SELATAN, LUWU TIMUR, MALILI; SULAWESI SELATAN, ENREKANG, ENREKANG</t>
+  </si>
+  <si>
+    <t>219 hari</t>
+  </si>
+  <si>
+    <t>9fb741d6-6a08-4374-9fc2-68c6c2cd9d0d</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sumatera Selatan 3</t>
+  </si>
+  <si>
+    <t>SUMATERA SELATAN, MUSI RAWAS UTARA, RUPIT; SUMATERA SELATAN, MUSI RAWAS UTARA, RAWAS ULU; SUMATERA SELATAN, MUSI RAWAS UTARA, KARANG DAPO; SUMATERA SELATAN, MUSI RAWAS UTARA, KARANG JAYA; SUMATERA SELATAN, MUSI RAWAS UTARA, RAWAS ULU; SUMATERA SELATAN, MUSI RAWAS UTARA, RAWAS ULU; SUMATERA SELATAN, MUSI RAWAS, MUARA KELINGI; SUMATERA SELATAN, MUSI RAWAS, BULANG TENGAH SUKU ULU; SUMATERA SELATAN, EMPAT LAWANG, MUARA PINANG</t>
+  </si>
+  <si>
+    <t>Harasa Ramdhany Pasin, S.T., M.Eng</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>9fb762d7-f981-4c57-a11c-a6b96632b805</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Barat 3</t>
+  </si>
+  <si>
+    <t>JAWA BARAT, KOTA BOGOR, BOGOR UTARA; JAWA BARAT, BOGOR, PARUNG PANJANG; JAWA BARAT, KOTA BEKASI, JATIASIH; JAWA BARAT, BEKASI, SUKAKARYA; JAWA BARAT, BEKASI, SETU; JAWA BARAT, KARAWANG, PEDES; JAWA BARAT, SUBANG, TAMBAKDAHAN; JAWA BARAT, SUBANG, PAMANUKAN; JAWA BARAT, SUBANG, PUSAKAJAYA; JAWA BARAT, SUBANG, COMPRENG</t>
+  </si>
+  <si>
+    <t>9fb76341-5c14-491d-9bcf-1c7e753a06ae</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Barat 4</t>
+  </si>
+  <si>
+    <t>JAWA BARAT, KOTA BOGOR, TANAH SEREAL; JAWA BARAT, BOGOR, PARUNG PANJANG; JAWA BARAT, BOGOR, CIGUDEG; JAWA BARAT, BOGOR, CARINGIN; JAWA BARAT, BOGOR, BABAKAN MADANG</t>
+  </si>
+  <si>
+    <t>9fb76ab6-7e82-4032-959c-bb9b07516126</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Maluku 5</t>
+  </si>
+  <si>
+    <t>MALUKU, SERAM BAGIAN BARAT, KEPULAUAN MANIPA</t>
+  </si>
+  <si>
+    <t>Conny Yulietha Lelapary, S.T., M.Si.</t>
+  </si>
+  <si>
+    <t>159 hari</t>
+  </si>
+  <si>
+    <t>9fb76c52-ad9d-4291-861b-bd1643e5d2df</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Tengah 1</t>
+  </si>
+  <si>
+    <t>Rhamon Pratama P. Tandungan, ST.,M.Pw</t>
+  </si>
+  <si>
+    <t>2025-10-22</t>
+  </si>
+  <si>
+    <t>9fb780b7-4a3c-4e0f-a070-9d5d065286ce</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI JAWA TIMUR 7</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, JOMBANG, GUDO; JAWA TIMUR, JOMBANG, NGORO; JAWA TIMUR, JOMBANG, MEGALUH; JAWA TIMUR, JOMBANG, MOJOAGUNG; JAWA TIMUR, JOMBANG, PLOSO; JAWA TIMUR, JOMBANG, SUMOBITO; JAWA TIMUR, JOMBANG, DIWEK; JAWA TIMUR, GRESIK, DUKUN; JAWA TIMUR, GRESIK, BENJENG; JAWA TIMUR, MOJOKERTO, KUTOREJO; JAWA TIMUR, PASURUAN, PRIGEN; JAWA TIMUR, KOTA MOJOKERTO, MAGERSARI; JAWA TIMUR, KOTA PASURUAN, BUGULKIDUL</t>
+  </si>
+  <si>
+    <t>M. AKHBAR ANSYARI, S.T, M.T</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>121 hari</t>
+  </si>
+  <si>
+    <t>9fb78497-5097-430d-8211-2dc14e6df171</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI JAWA TIMUR 8</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, NGANJUK, BARON; JAWA TIMUR, NGANJUK, NGRONGGOT; JAWA TIMUR, NGANJUK, LENGKONG; JAWA TIMUR, NGANJUK, BERBEK; JAWA TIMUR, NGANJUK, GONDANG; JAWA TIMUR, NGANJUK, LOCERET</t>
+  </si>
+  <si>
+    <t>127 hari</t>
+  </si>
+  <si>
+    <t>9fb7af0c-a7ec-4156-ac27-ecbf122d9e38</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Kalimantan Barat 111</t>
+  </si>
+  <si>
+    <t>KALIMANTAN BARAT, SAMBAS, SEJANGKUNG; KALIMANTAN BARAT, SAMBAS, PALOH; KALIMANTAN BARAT, SAMBAS, TELUK KERAMAT; KALIMANTAN BARAT, SAMBAS, JAWAI; KALIMANTAN BARAT, BENGKAYANG, SUNGAI RAYA; KALIMANTAN BARAT, KETAPANG, MUARA PAWAN; KALIMANTAN BARAT, KAYONG UTARA, SUKADANA; KALIMANTAN BARAT, KUBU RAYA, SUNGAI AMBAWANG; KALIMANTAN BARAT, MEMPAWAH, SUNGAI PINYUH; KALIMANTAN BARAT, KOTA PONTIANAK, PONTIANAK TENGGARA; KALIMANTAN BARAT, KOTA PONTIANAK, PONTIANAK BARAT; KALIMANTAN BARAT, KOTA SINGKAWANG, SINGKAWANG TENGAH</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Kalimantan Barat.</t>
+  </si>
+  <si>
+    <t>Irvan Syakuri, S.T., M.T.</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Kalimantan Barat</t>
+  </si>
+  <si>
+    <t>2026-2026</t>
+  </si>
+  <si>
+    <t>9fb943ce-7ec4-43c9-9218-8ac6d19e4b07</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Maluku 8</t>
+  </si>
+  <si>
+    <t>MALUKU, SERAM BAGIAN TIMUR, PULAU GOROM; MALUKU, SERAM BAGIAN TIMUR, KIAN DARAT</t>
+  </si>
+  <si>
+    <t>158 hari</t>
+  </si>
+  <si>
+    <t>9fb96684-78dc-4874-99f9-0db171f9286b</t>
+  </si>
+  <si>
+    <t>Pembangunan Sport Science USU</t>
+  </si>
+  <si>
+    <t>SUMATERA UTARA, KOTA MEDAN, MEDAN BARU</t>
   </si>
   <si>
     <t>218 hari</t>
   </si>
   <si>
-    <t>9f4860b2-da56-4ca6-aebf-a8023bed6ae0</t>
-[...191 lines deleted...]
-    <t>Balai P2JK Wilayah Jawa Tengah</t>
+    <t>9fb972fe-88b8-4212-8213-42a39a83c242</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Maluku 6</t>
+  </si>
+  <si>
+    <t>MALUKU, SERAM BAGIAN BARAT, HUAMUAL; MALUKU, BURU SELATAN, NAMROLE</t>
+  </si>
+  <si>
+    <t>9fb97c87-6cd4-487f-97cb-a2947b1e179b</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Barat 5</t>
+  </si>
+  <si>
+    <t>JAWA BARAT, KOTA DEPOK, CIMANGGIS; JAWA BARAT, KOTA DEPOK, SUKMA JAYA; JAWA BARAT, KOTA DEPOK, LIMO; JAWA BARAT, KOTA DEPOK, TAPOS; JAWA BARAT, KOTA DEPOK, PANCORAN MAS; JAWA BARAT, KOTA BEKASI, BEKASI BARAT; JAWA BARAT, KOTA BEKASI, BEKASI SELATAN; JAWA BARAT, KARAWANG, PAKISJAYA; JAWA BARAT, SUBANG, SUKASARI</t>
+  </si>
+  <si>
+    <t>2025-10-15</t>
+  </si>
+  <si>
+    <t>9fb98cd3-6562-49f3-bb92-589032af3860</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sumatera Barat 4</t>
+  </si>
+  <si>
+    <t>SUMATERA BARAT, KEPULAUAN MENTAWAI, SIKAKAP; SUMATERA BARAT, KEPULAUAN MENTAWAI, SIPORA UTARA; SUMATERA BARAT, PESISIR SELATAN, SUTERA; SUMATERA BARAT, PESISIR SELATAN, SUTERA; SUMATERA BARAT, PASAMAN, RAO</t>
+  </si>
+  <si>
+    <t>Ivan Pratama Setiadi</t>
+  </si>
+  <si>
+    <t>9fb9b970-1e89-4379-b42f-88463748577f</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Maluku 7</t>
+  </si>
+  <si>
+    <t>MALUKU, SERAM BAGIAN TIMUR, KIAN DARAT; MALUKU, SERAM BAGIAN TIMUR, SIWALALAT; MALUKU, SERAM BAGIAN TIMUR, WAKATE</t>
+  </si>
+  <si>
+    <t>9fbf7f84-3973-48cf-8030-8bfe583fa9c7</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Kalimantan Selatan 3</t>
+  </si>
+  <si>
+    <t>KALIMANTAN SELATAN, HULU SUNGAI TENGAH, BATANG ALAI UTARA; KALIMANTAN SELATAN, HULU SUNGAI UTARA, AMUNTAI SELATAN; KALIMANTAN SELATAN, HULU SUNGAI UTARA, DANAU PANGGANG; KALIMANTAN SELATAN, TABALONG, KELUA; KALIMANTAN SELATAN, BALANGAN, AWAYAN</t>
+  </si>
+  <si>
+    <t>2025-09-24</t>
+  </si>
+  <si>
+    <t>27 hari</t>
+  </si>
+  <si>
+    <t>9fc59cfb-bf77-4f10-9e23-313382b39387</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Kalimantan Selatan 5</t>
+  </si>
+  <si>
+    <t>KALIMANTAN SELATAN, TANAH LAUT, KINTAP; KALIMANTAN SELATAN, HULU SUNGAI SELATAN, PADANG BATUNG; KALIMANTAN SELATAN, KOTA BANJAR BARU, LIANG ANGGANG; KALIMANTAN SELATAN, KOTA BANJARMASIN, BANJARMASIN UTARA; KALIMANTAN SELATAN, KOTA BANJARMASIN, BANJARMASIN TIMUR; KALIMANTAN SELATAN, KOTA BANJARMASIN, BANJARMASIN SELATAN</t>
+  </si>
+  <si>
+    <t>9fc5c823-90f9-45ed-826c-8cc19024374f</t>
+  </si>
+  <si>
+    <t>Optimalisasi Pembangunan KDP Lanjutan Universitas Haluoleo</t>
+  </si>
+  <si>
+    <t>SULAWESI TENGGARA, KOTA KENDARI, KAMBU</t>
+  </si>
+  <si>
+    <t>Kusnadi Kamil, ST, M.Si</t>
+  </si>
+  <si>
+    <t>2025-10-13</t>
+  </si>
+  <si>
+    <t>9fc9f386-30e4-419d-9884-7b4f5e14350d</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Kalimantan Selatan 4</t>
+  </si>
+  <si>
+    <t>KALIMANTAN SELATAN, TANAH BUMBU, KUSAN HILIR; KALIMANTAN SELATAN, TAPIN, CANDI LARAS UTARA; KALIMANTAN SELATAN, HULU SUNGAI SELATAN, DAHA UTARA; KALIMANTAN SELATAN, HULU SUNGAI SELATAN, KANDANGAN; KALIMANTAN SELATAN, KOTA BANJARMASIN, BANJARMASIN TIMUR</t>
+  </si>
+  <si>
+    <t>9fcbe07c-b266-43cc-a2b6-6b6311213cf9</t>
+  </si>
+  <si>
+    <t>Rehabilitasi Pasar Sungai Penuh</t>
+  </si>
+  <si>
+    <t>JAMBI, KOTA SUNGAI PENUH, SUNGAI PENUH</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Jambi.</t>
+  </si>
+  <si>
+    <t>Edia Putra,S.T</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Jambi</t>
+  </si>
+  <si>
+    <t>2025-10-14</t>
+  </si>
+  <si>
+    <t>41 hari</t>
+  </si>
+  <si>
+    <t>9fce1bbe-d0bf-424c-8dac-f6bd49bc2c3f</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Timur 5</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, JEMBER, KALISAT; JAWA TIMUR, JEMBER, PUGER; JAWA TIMUR, BANYUWANGI, PESANGGARAN; JAWA TIMUR, BANYUWANGI, SRONO; JAWA TIMUR, BANYUWANGI, BANYUWANGI; JAWA TIMUR, BANYUWANGI, GLENMORE; JAWA TIMUR, BANYUWANGI, MUNCAR; JAWA TIMUR, BANYUWANGI, WONGSOREJO; JAWA TIMUR, BANYUWANGI, SEMPU; JAWA TIMUR, JEMBER, BANGSALSARI; JAWA TIMUR, JEMBER, SUKOWONO; JAWA TIMUR, JEMBER, WULUHAN; JAWA TIMUR, BANYUWANGI, TEGALDLIMO; JAWA TIMUR, BANYUWANGI, TEGALDLIMO; JAWA TIMUR, BANYUWANGI, BANGOREJO; JAWA TIMUR, BANYUWANGI, WONGSOREJO; JAWA TIMUR, BANYUWANGI, KALIPURO; JAWA TIMUR, BANYUWANGI, KALIPURO</t>
+  </si>
+  <si>
+    <t>9fcf234a-99a2-4026-804d-9d6fc8cebb54</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi PHTC Madrasah Provinsi Jawa Timur 6</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, BANYUWANGI, BANGOREJO; JAWA TIMUR, JEMBER, TANGGUL; JAWA TIMUR, TULUNGAGUNG, NGANTRU; JAWA TIMUR, BLITAR, KADEMANGAN</t>
+  </si>
+  <si>
+    <t>69 hari</t>
+  </si>
+  <si>
+    <t>9fd14bd6-8d25-4ebc-aaff-65ede0e94a7a</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Kalimantan Selatan 6</t>
+  </si>
+  <si>
+    <t>KALIMANTAN SELATAN, HULU SUNGAI UTARA, AMUNTAI TENGAH; KALIMANTAN SELATAN, HULU SUNGAI UTARA, SUNGAI PANDAN; KALIMANTAN SELATAN, HULU SUNGAI UTARA, AMUNTAI SELATAN; KALIMANTAN SELATAN, HULU SUNGAI UTARA, AMUNTAI UTARA; KALIMANTAN SELATAN, HULU SUNGAI UTARA, BABIRIK</t>
+  </si>
+  <si>
+    <t>18 hari</t>
+  </si>
+  <si>
+    <t>9fd27c89-47c9-4a15-a267-6abe73670394</t>
+  </si>
+  <si>
+    <t>Rehabilitasi Dan Renovasi Madrasah PHTC Provinsi Jawa Tengah 5</t>
+  </si>
+  <si>
+    <t>JAWA TENGAH, KUDUS; JAWA TENGAH, PATI</t>
+  </si>
+  <si>
+    <t>APBD</t>
+  </si>
+  <si>
+    <t>2025-10-20</t>
+  </si>
+  <si>
+    <t>44 hari</t>
+  </si>
+  <si>
+    <t>9fd29eca-cbb2-4332-8486-1764b467aefc</t>
+  </si>
+  <si>
+    <t>Rehabilitasi Dan Renovasi Madrasah PHTC Provinsi Jawa Tengah 6</t>
+  </si>
+  <si>
+    <t>JAWA TENGAH, KENDAL, GEMUH; JAWA TENGAH, TEMANGGUNG, KALORAN; JAWA TENGAH, SEMARANG, BRINGIN; JAWA TENGAH, BOYOLALI, KARANGGEDE</t>
+  </si>
+  <si>
+    <t>Jodie Prayogo, S.T., M.Eng.</t>
+  </si>
+  <si>
+    <t>9fd33dc7-252f-453f-9129-aa4f01a86e9d</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Tengah 2</t>
+  </si>
+  <si>
+    <t>JAWA TENGAH, KOTA SEMARANG; JAWA TENGAH, BOYOLALI; JAWA TENGAH, KUDUS; JAWA TENGAH, PATI</t>
+  </si>
+  <si>
+    <t>Afifah Kemala Hafsari, S.T., M.T., M.Eng.</t>
+  </si>
+  <si>
+    <t>2025-10-06</t>
+  </si>
+  <si>
+    <t>29 hari</t>
+  </si>
+  <si>
+    <t>9fd33e7d-41ce-45a7-b9b0-a796d504e39a</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Tengah 4</t>
+  </si>
+  <si>
+    <t>JAWA TENGAH, KOTA TEGAL; JAWA TENGAH, TEGAL; JAWA TENGAH, BREBES</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>92 hari</t>
+  </si>
+  <si>
+    <t>9fd3e047-b798-4a44-aeac-3ce060994b48</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Selatan 6</t>
+  </si>
+  <si>
+    <t>SULAWESI SELATAN, GOWA; SULAWESI SELATAN, BARRU; SULAWESI SELATAN, SOPPENG</t>
+  </si>
+  <si>
+    <t>205 hari</t>
+  </si>
+  <si>
+    <t>9fd728b9-09a7-4323-bec8-2c45e0583aa3</t>
+  </si>
+  <si>
+    <t>PEMBANGUNAN SEKOLAH RAKYAT PROVINSI SULAWESI TENGGARA</t>
+  </si>
+  <si>
+    <t>SULAWESI TENGGARA, KOTA KENDARI, KAMBU; SULAWESI TENGGARA, BUTON TENGAH, MAWASANGKA</t>
+  </si>
+  <si>
+    <t>KUSNADI KAMIL, ST.,M.Si</t>
+  </si>
+  <si>
+    <t>9fd7ff4f-5905-42fe-833a-b8b0f84214c5</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Selatan 7</t>
+  </si>
+  <si>
+    <t>SULAWESI SELATAN, BANTAENG</t>
+  </si>
+  <si>
+    <t>9fd9fa5a-9f42-4d49-8973-abbb254a79f7</t>
+  </si>
+  <si>
+    <t>Rehabilitasi Dan Renovasi Madrasah PHTC Provinsi Jawa Barat 6</t>
+  </si>
+  <si>
+    <t>JAWA BARAT, BANDUNG, RANCAEKEK; JAWA BARAT, BANDUNG BARAT, CIPONGKOR; JAWA BARAT, BANDUNG BARAT, RONGGA; JAWA BARAT, BANDUNG BARAT, SAGULING; JAWA BARAT, SUMEDANG, SUMEDANG UTARA; JAWA BARAT, SUMEDANG, WADO; JAWA BARAT, SUMEDANG, CIMANGGUNG; JAWA BARAT, KOTA CIREBON, HARJAMUKTI</t>
+  </si>
+  <si>
+    <t>Subandi, S.T.</t>
+  </si>
+  <si>
+    <t>34 hari</t>
+  </si>
+  <si>
+    <t>9fda7ef5-2401-4ab9-b9ac-4bceb220376a</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Sulawesi Selatan 1</t>
+  </si>
+  <si>
+    <t>SULAWESI SELATAN, TANA TORAJA; SULAWESI SELATAN, SIDENRENG RAPPANG; SULAWESI SELATAN, WAJO; SULAWESI SELATAN, SOPPENG; SULAWESI SELATAN, BARRU</t>
+  </si>
+  <si>
+    <t>Martinus, S.T.</t>
+  </si>
+  <si>
+    <t>202 hari</t>
+  </si>
+  <si>
+    <t>9fdb6852-0869-41a1-a68b-731c88cef1b5</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Sulawesi Selatan 2</t>
+  </si>
+  <si>
+    <t>SULAWESI SELATAN, BONE; SULAWESI SELATAN, SINJAI; SULAWESI SELATAN, KOTA MAKASSAR; SULAWESI SELATAN, TAKALAR</t>
+  </si>
+  <si>
+    <t>201 hari</t>
+  </si>
+  <si>
+    <t>9fdbd996-01a3-4fa9-bc01-9ac2f4a3300f</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Papua Barat dan Papua Barat Daya 2</t>
+  </si>
+  <si>
+    <t>PAPUA BARAT, FAKFAK, FAKFAK; PAPUA BARAT, SORONG, MAYAMUK; PAPUA BARAT, SORONG, MARIAT</t>
+  </si>
+  <si>
+    <t>11 hari</t>
+  </si>
+  <si>
+    <t>9fe17f33-db5f-4a53-8f5f-5739363f3d9a</t>
+  </si>
+  <si>
+    <t>Rehabilitasi Dan Renovasi Madrasah PHTC Provinsi Jawa Barat 7</t>
+  </si>
+  <si>
+    <t>JAWA BARAT, CIREBON, MUNDU; JAWA BARAT, CIREBON, ASTANAJAPURA; JAWA BARAT, CIREBON, CIWARINGIN; JAWA BARAT, INDRAMAYU, INDRAMAYU; JAWA BARAT, INDRAMAYU, SLIYEG; JAWA BARAT, INDRAMAYU, ANJATAN; JAWA BARAT, CIAMIS, RANCAH; JAWA BARAT, CIAMIS, CIPAKU; JAWA BARAT, CIAMIS, BANJARSARI</t>
+  </si>
+  <si>
+    <t>9fe18b5a-a168-417d-a489-d21f01bf17f9</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Selatan 8</t>
+  </si>
+  <si>
+    <t>SULAWESI SELATAN, JENEPONTO</t>
   </si>
   <si>
     <t>198 hari</t>
   </si>
   <si>
-    <t>HPS Selesai Reviu BP2JK/TPBJK (Tidak Perlu Perbaikan)</t>
-[...362 lines deleted...]
-    <t>Yuni Ahmat Erivianto, S.T., M.Eng.</t>
+    <t>9fe22313-b13e-4421-9fae-5c853e8014a8</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Selatan 9</t>
+  </si>
+  <si>
+    <t>SULAWESI SELATAN, KOTA PAREPARE; SULAWESI SELATAN, SIDENRENG RAPPANG; SULAWESI SELATAN, PINRANG; SULAWESI SELATAN, ENREKANG</t>
+  </si>
+  <si>
+    <t>9fe35cb2-d6c2-4030-968f-fb4c699406e7</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI JAWA TIMUR 9</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, NGAWI, GERIH; JAWA TIMUR, NGAWI, SINE; JAWA TIMUR, NGAWI, NGAWI; JAWA TIMUR, MAGETAN, PARANG; JAWA TIMUR, BOJONEGORO, NGRAHO; JAWA TIMUR, BOJONEGORO, KANOR; JAWA TIMUR, BOJONEGORO, SUMBEREJO; JAWA TIMUR, BOJONEGORO, SUMBEREJO; JAWA TIMUR, BOJONEGORO, SUMBEREJO; JAWA TIMUR, BOJONEGORO, SUKOSEWU; JAWA TIMUR, BOJONEGORO, KASIMAN; JAWA TIMUR, BOJONEGORO, KEPOH BARU; JAWA TIMUR, BOJONEGORO, SUMBEREJO; JAWA TIMUR, BOJONEGORO, TAMBAKREJO; JAWA TIMUR, BOJONEGORO, BAURENO; JAWA TIMUR, BOJONEGORO, KALITIDU; JAWA TIMUR, BOJONEGORO, NGASEM; JAWA TIMUR, BOJONEGORO, KALITIDU; JAWA TIMUR, TUBAN, SINGGAHAN; JAWA TIMUR, TUBAN, SOKO; JAWA TIMUR, TUBAN, MONTONG; JAWA TIMUR, LAMONGAN, GLAGAH; JAWA TIMUR, LAMONGAN, KARANGBINANGUN; JAWA TIMUR, LAMONGAN, NGIMBANG; JAWA TIMUR, LAMONGAN, SARIREJO</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>60 hari</t>
+  </si>
+  <si>
+    <t>9fe39bca-a7fe-4f9c-94cf-7539ed960de5</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Tengah 3</t>
+  </si>
+  <si>
+    <t>SULAWESI TENGAH, TOJO UNA-UNA, RATOLINDO; SULAWESI TENGAH, TOJO UNA-UNA, TOJO BARAT; SULAWESI TENGAH, TOJO UNA-UNA, ULUBONGKA; SULAWESI TENGAH, TOJO UNA-UNA, RATOLINDO; SULAWESI TENGAH, TOJO UNA-UNA, RATOLINDO; SULAWESI TENGAH, TOJO UNA-UNA, AMPANA TETE; SULAWESI TENGAH, MOROWALI, WITA PONDA</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>9fe3bfa1-1a0e-46c5-98b6-7cbb72a90ccb</t>
+  </si>
+  <si>
+    <t>Rehabilitasi Dan Renovasi Madrasah PHTC Provinsi Jawa Barat 9</t>
+  </si>
+  <si>
+    <t>JAWA BARAT, KUNINGAN, MALEBER; JAWA BARAT, KUNINGAN, SUBANG; JAWA BARAT, KUNINGAN, JALAKSANA; JAWA BARAT, KUNINGAN, LURAGUNG; JAWA BARAT, CIAMIS, PAMARICAN; JAWA BARAT, CIAMIS, RAJADESA; JAWA BARAT, CIAMIS, CISAGA; JAWA BARAT, CIAMIS, CIJEUNGJING</t>
+  </si>
+  <si>
+    <t>197 hari</t>
+  </si>
+  <si>
+    <t>9fe4153d-7352-4a60-8423-711b8d235e2f</t>
+  </si>
+  <si>
+    <t>UJI COBA SIPASTI</t>
+  </si>
+  <si>
+    <t>SUMATERA UTARA, KARO, KABANJAHE</t>
+  </si>
+  <si>
+    <t>9fe5d0cc-dab0-4bcb-987e-326ae6d26435</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Selatan 10</t>
+  </si>
+  <si>
+    <t>SULAWESI SELATAN, LUWU, SULI; SULAWESI SELATAN, LUWU UTARA, MASAMBA; SULAWESI SELATAN, LUWU TIMUR, WOTU</t>
+  </si>
+  <si>
+    <t>196 hari</t>
+  </si>
+  <si>
+    <t>9fe96e51-8129-4df1-b1a4-522326e9ac19</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Tengah 2</t>
+  </si>
+  <si>
+    <t>SULAWESI TENGAH, DONGGALA, BANAWA SELATAN; SULAWESI TENGAH, DONGGALA, TANANTOVEA; SULAWESI TENGAH, DONGGALA, SINDUE; SULAWESI TENGAH, DONGGALA, SOJOL; SULAWESI TENGAH, DONGGALA, SOJOL UTARA; SULAWESI TENGAH, TOLI-TOLI, DAKO PAMEAN</t>
+  </si>
+  <si>
+    <t>Rhamon Pratama P. Tandungan ST.,M.Pw</t>
+  </si>
+  <si>
+    <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>9fe9f8b6-00fe-42d9-be9a-86ba15ea1986</t>
+  </si>
+  <si>
+    <t>Rehabilitasi Dan Renovasi Madrasah PHTC Provinsi Jawa Barat 8</t>
+  </si>
+  <si>
+    <t>JAWA BARAT, BANDUNG, SOLOKAN JERUK; JAWA BARAT, SUMEDANG, JATINUNGGAL; JAWA BARAT, MAJALENGKA, PALASAH; JAWA BARAT, MAJALENGKA, LEUWIMUNDING; JAWA BARAT, MAJALENGKA, JATITUJUH; JAWA BARAT, MAJALENGKA, LIGUNG; JAWA BARAT, CIREBON, DUKUPUNTANG; JAWA BARAT, CIREBON, CIWARINGIN; JAWA BARAT, CIREBON, KALIWEDI; JAWA BARAT, CIREBON, KARANGSEMBUNG; JAWA BARAT, CIREBON, PABUARAN; JAWA BARAT, INDRAMAYU, WIDASARI</t>
+  </si>
+  <si>
+    <t>25 hari</t>
+  </si>
+  <si>
+    <t>9fef750c-ddb1-42b1-852d-561df33a17ce</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI JAWA TIMUR 10</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, GRESIK, SANGKAPURA; JAWA TIMUR, GRESIK, TAMBAK</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>87 hari</t>
+  </si>
+  <si>
+    <t>9fef8c11-a848-41cb-a393-47eaeae5fd5a</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Kalimantan Selatan</t>
+  </si>
+  <si>
+    <t>KALIMANTAN SELATAN, BARITO KUALA, CERBON; KALIMANTAN SELATAN, KOTA BANJAR BARU, LANDASAN ULIN; KALIMANTAN SELATAN, TANAH BUMBU, SIMPANG EMPAT</t>
+  </si>
+  <si>
+    <t>191 hari</t>
+  </si>
+  <si>
+    <t>9ff03c7b-4c09-40c1-978c-a98cdbb2ec71</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Sulawesi Tengah 4</t>
+  </si>
+  <si>
+    <t>SULAWESI TENGAH, TOJO UNA-UNA, RATOLINDO; SULAWESI TENGAH, TOJO UNA-UNA, AMPANA TETE; SULAWESI TENGAH, DONGGALA, LABUAN; SULAWESI TENGAH, DONGGALA, LABUAN; SULAWESI TENGAH, BUOL, MOMUNU; SULAWESI TENGAH, BANGGAI KEPULAUAN, BULAGI</t>
+  </si>
+  <si>
+    <t>9ff22020-504e-4eed-8f75-6b9b0e07f6b2</t>
+  </si>
+  <si>
+    <t>Optimalisasi Paket Rehabilitasi dan Renovasi Rumah Sakit Pendidikan Universitas Tadulako (SALAH)</t>
+  </si>
+  <si>
+    <t>SULAWESI TENGAH, KOTA PALU, MANTIKULORE</t>
+  </si>
+  <si>
+    <t>Daniel Tamado, S.T., M.Eng.</t>
+  </si>
+  <si>
+    <t>9 hari</t>
+  </si>
+  <si>
+    <t>9ff3790d-58db-4d24-a0c9-a7a50870f9e3</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Kalimantan Utara 1</t>
+  </si>
+  <si>
+    <t>KALIMANTAN UTARA, KOTA TARAKAN, TARAKAN UTARA; KALIMANTAN UTARA, BULUNGAN, BUNYU; KALIMANTAN UTARA, TANA TIDUNG, SESAYAP</t>
+  </si>
+  <si>
+    <t>Endang Sumantri S.T.</t>
+  </si>
+  <si>
+    <t>48 hari</t>
+  </si>
+  <si>
+    <t>9ff654ff-0d87-476e-bd83-b59343f4ec63</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI RIAU 9</t>
+  </si>
+  <si>
+    <t>RIAU, ROKAN HILIR, PASIR LIMAU KAPAS; RIAU, ROKAN HILIR, BANGKO</t>
+  </si>
+  <si>
+    <t>NURHIDAYAT NUGROHO, S. Ars</t>
+  </si>
+  <si>
+    <t>9ffe2651-5260-4462-b974-010ffbb1de52</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Tengah 11</t>
+  </si>
+  <si>
+    <t>JAWA TENGAH, JEPARA</t>
+  </si>
+  <si>
+    <t>9ffff1e8-c309-4e37-90f2-f01deba865de</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Tengah 12</t>
+  </si>
+  <si>
+    <t>JAWA TENGAH, BOYOLALI, WONOSEGORO; JAWA TENGAH, KLATEN, TULUNG; JAWA TENGAH, SUKOHARJO, MOJOLABAN; JAWA TENGAH, SRAGEN, GONDANG; JAWA TENGAH, MAGELANG, PAKIS; JAWA TENGAH, KOTA MAGELANG, MAGELANG UTARA</t>
+  </si>
+  <si>
+    <t>a004643b-1405-4387-a664-ed55329d7452</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Lampung 2</t>
+  </si>
+  <si>
+    <t>LAMPUNG, LAMPUNG TENGAH, GUNUNG SUGIH; LAMPUNG, LAMPUNG UTARA, KOTABUMI; LAMPUNG, WAY KANAN, BLAMBANGAN UMPU; LAMPUNG, MESUJI, MESUJI; LAMPUNG, TULANGBAWANG, MENGGALA; LAMPUNG, TULANG BAWANG BARAT, PAGAR DEWA</t>
+  </si>
+  <si>
+    <t>181 hari</t>
+  </si>
+  <si>
+    <t>a007d13e-88b7-4938-95cc-4f25b03a7e51</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Lampung 3</t>
+  </si>
+  <si>
+    <t>LAMPUNG, PESISIR BARAT, WAY KRUI; LAMPUNG, LAMPUNG BARAT, PAGAR DEWA</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>62 hari</t>
+  </si>
+  <si>
+    <t>a00b03e9-bd6a-486b-8e45-fe920c23cbea</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI JAWA TIMUR 12</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, JOMBANG, JOMBANG; JAWA TIMUR, JOMBANG, JOMBANG; JAWA TIMUR, MOJOKERTO, SOOKO; JAWA TIMUR, MADIUN, KEBONSARI; JAWA TIMUR, MADIUN, SARADAN; JAWA TIMUR, MADIUN, KEBONSARI; JAWA TIMUR, NGAWI, NGRAMBE; JAWA TIMUR, NGAWI, PARON; JAWA TIMUR, NGAWI, MANTINGAN; JAWA TIMUR, BOJONEGORO, BALEN; JAWA TIMUR, BOJONEGORO, BOJONEGORO; JAWA TIMUR, TUBAN, TUBAN; JAWA TIMUR, LAMONGAN, BLULUK; JAWA TIMUR, BANGKALAN, LABANG; JAWA TIMUR, PAMEKASAN, PAKONG</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>38 hari</t>
+  </si>
+  <si>
+    <t>a00ba2a2-327a-46dd-9c03-81a43bd06edd</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI RIAU 5</t>
+  </si>
+  <si>
+    <t>RIAU, BENGKALIS, BENGKALIS</t>
+  </si>
+  <si>
+    <t>a00ba382-cbc3-4f44-b821-c55c9fbd44ad</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI RIAU 6</t>
+  </si>
+  <si>
+    <t>a00ba4c7-afda-4ec4-9050-7bcf161bd98b</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Riau 2 MYC</t>
+  </si>
+  <si>
+    <t>RIAU, KAMPAR, KAMPAR UTARA; RIAU, KAMPAR, KAMPAR KIRI; RIAU, KAMPAR, KAMPAR; RIAU, KAMPAR, KAMPAR; RIAU, ROKAN HULU, KEPENUHAN HULU; RIAU, ROKAN HULU, TAMBUSAI UTARA</t>
+  </si>
+  <si>
+    <t>Nuhidayat Nugroho, S.Ars</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>66 hari</t>
+  </si>
+  <si>
+    <t>a00c280e-c572-4905-9fd6-fc80a5746518</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Kalimantan Tengah</t>
+  </si>
+  <si>
+    <t>KALIMANTAN TENGAH, KOTA PALANGKA RAYA, BUKIT BATU; KALIMANTAN TENGAH, GUNUNG MAS, KURUN; KALIMANTAN TENGAH, KATINGAN, KATINGAN HILIR; KALIMANTAN TENGAH, KOTAWARINGIN TIMUR, BAAMANG</t>
+  </si>
+  <si>
+    <t>Treace Merry, S.T., M.Sc.</t>
+  </si>
+  <si>
+    <t>177 hari</t>
+  </si>
+  <si>
+    <t>a00d2a33-c455-42c7-8221-86f32a736b58</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI JAWA TIMUR 11</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, BANGKALAN, KOKOP; JAWA TIMUR, SAMPANG, SAMPANG; JAWA TIMUR, SAMPANG, KARANG PENANG; JAWA TIMUR, SAMPANG, KETAPANG; JAWA TIMUR, PAMEKASAN, TLANAKAN; JAWA TIMUR, PAMEKASAN, PEGANTENAN; JAWA TIMUR, PAMEKASAN, PAKONG; JAWA TIMUR, SUMENEP, LENTENG; JAWA TIMUR, SUMENEP, ARJASA; JAWA TIMUR, SUMENEP, NONGGUNONG</t>
+  </si>
+  <si>
+    <t>176 hari</t>
+  </si>
+  <si>
+    <t>a011b79e-79d3-45f0-8f76-dd8e3e6cdd73</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Maluku</t>
+  </si>
+  <si>
+    <t>MALUKU, KOTA TUAL, PULAU DULLAH UTARA; MALUKU, MALUKU TENGAH, AMAHAI</t>
+  </si>
+  <si>
+    <t>Conny Yulietha Lelapary, ST.M.Si</t>
+  </si>
+  <si>
+    <t>a0140d7c-fe3b-4d16-9848-1b22e7c31c44</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah Provinsi Bali 2</t>
+  </si>
+  <si>
+    <t>BALI, BULELENG, GEROKGAK; BALI, BULELENG, SUKASADA; BALI, BULELENG, SERIRIT</t>
+  </si>
+  <si>
+    <t>Fitriyanti, ST</t>
+  </si>
+  <si>
+    <t>35 hari</t>
+  </si>
+  <si>
+    <t>a016a972-9cd5-4be3-aae2-86d9cb1430b4</t>
+  </si>
+  <si>
+    <t>Pembangunan Gedung SPPG 1 TA 2025</t>
+  </si>
+  <si>
+    <t>ACEH, PIDIE JAYA, BANDAR BARU; SUMATERA UTARA,; SUMATERA BARAT,; RIAU,; KEPULAUAN RIAU,; JAMBI,; SUMATERA SELATAN,</t>
+  </si>
+  <si>
+    <t>Satker Direktorat Infrastruktur Dukungan Perekonomian, Peribadatan, Kesehatan, Olahraga dan Sosial Budaya.</t>
+  </si>
+  <si>
+    <t>M Fadhil Fachriansyah, S.T., M.Sc.</t>
+  </si>
+  <si>
+    <t>172 hari</t>
+  </si>
+  <si>
+    <t>a016b704-5a8e-48d8-88a7-bf2c3cccb7b1</t>
+  </si>
+  <si>
+    <t>Pembangunan Gedung SPPG 2 TA. 2025</t>
+  </si>
+  <si>
+    <t>BENGKULU,; KEPULAUAN BANGKA BELITUNG,; LAMPUNG,; KALIMANTAN BARAT,; KALIMANTAN TENGAH,; KALIMANTAN SELATAN,; KALIMANTAN TIMUR,</t>
+  </si>
+  <si>
+    <t>a016b94f-f870-4609-a273-1dddb9e3e6ea</t>
+  </si>
+  <si>
+    <t>Pembangunan Gedung SPPG 3 TA. 2025</t>
+  </si>
+  <si>
+    <t>BANTEN,; JAWA BARAT,; JAWA TENGAH,; NUSA TENGGARA BARAT,; NUSA TENGGARA TIMUR,; MALUKU,; MALUKU UTARA,; GORONTALO,; SULAWESI TENGGARA,; SULAWESI SELATAN,; SULAWESI BARAT,; SULAWESI TENGAH, BANGGAI, NUHON; SULAWESI UTARA,; PAPUA,</t>
+  </si>
+  <si>
+    <t>a016f015-5a68-49ed-8aad-84755a4c70de</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Stadion Teladan, Kota Medan Tahap II</t>
+  </si>
+  <si>
+    <t>SUMATERA UTARA, KOTA MEDAN, MEDAN KOTA</t>
+  </si>
+  <si>
+    <t>a0198538-33d2-4ce0-a4d7-0fcce49850e6</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Kalimantan Timur</t>
+  </si>
+  <si>
+    <t>KALIMANTAN TIMUR, KOTA SAMARINDA, SAMARINDA KOTA</t>
+  </si>
+  <si>
+    <t>Eva Prasusasni, ST</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>a01a60be-29c3-4780-8ed5-46a757feb501</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Kepulauan Riau Revisi</t>
+  </si>
+  <si>
+    <t>KEPULAUAN RIAU, NATUNA, BUNGURAN TIMUR; KEPULAUAN RIAU, KOTA TANJUNG PINANG, TANJUNGPINANG KOTA; KEPULAUAN RIAU, KEPULAUAN ANAMBAS, PALMATAK</t>
+  </si>
+  <si>
+    <t>Sunarto S.T., M.Phil (Infra Mgt)</t>
+  </si>
+  <si>
+    <t>170 hari</t>
+  </si>
+  <si>
+    <t>a01c0ce5-1897-4921-a680-2bed62babe84</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Gorontalo</t>
+  </si>
+  <si>
+    <t>GORONTALO, BOALEMO, WONOSARI</t>
+  </si>
+  <si>
+    <t>Anwar DG. Masese, S.T. M.M.</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Gorontalo</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>128 hari</t>
+  </si>
+  <si>
+    <t>a01c17ac-6fff-448c-904c-9c30cadf40ee</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi D.I.Yogyakarta</t>
+  </si>
+  <si>
+    <t>DI YOGYAKARTA, KULON PROGO, LENDAH</t>
+  </si>
+  <si>
+    <t>Risky Firmansyah Putra, S.S.T.</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah D.I. Yogyakarta</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>a01cbda5-084c-48d2-b58f-b815e79bd67c</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jambi 1 (MYC)</t>
+  </si>
+  <si>
+    <t>JAMBI, KOTA JAMBI, JAMBI TIMUR; JAMBI, TANJUNG JABUNG BARAT, BETARA; JAMBI, TANJUNG JABUNG TIMUR, RANTAU RASAU; JAMBI, TANJUNG JABUNG TIMUR, MENDAHARA ULU; JAMBI, TANJUNG JABUNG TIMUR, MUARA SABAK TIMUR</t>
+  </si>
+  <si>
+    <t>a01db8a6-d774-4efe-9b68-4a5a23926e6c</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah Provinsi Bali 3</t>
+  </si>
+  <si>
+    <t>BALI, BANGLI, BANGLI; BALI, KARANG ASEM, BEBANDEM; BALI, KLUNGKUNG, KLUNGKUNG; BALI, GIANYAR, GIANYAR; BALI, KOTA DENPASAR, DENPASAR UTARA; BALI, KOTA DENPASAR, DENPASAR SELATAN</t>
+  </si>
+  <si>
+    <t>15 hari</t>
+  </si>
+  <si>
+    <t>a01e4a2a-fbea-4780-b7f0-a01ddfdc0993</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI RIAU 8</t>
+  </si>
+  <si>
+    <t>RIAU, INDRAGIRI HILIR, MANDAH; RIAU, KEPULAUAN MERANTI, TEBING TINGGI; RIAU, KEPULAUAN MERANTI, RANGSANG BARAT</t>
+  </si>
+  <si>
+    <t>a022fad6-e537-4935-afff-4867f3401d67</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI RIAU 3</t>
+  </si>
+  <si>
+    <t>RIAU, PELALAWAN, UKUI; RIAU, INDRAGIRI HULU, RENGAT; RIAU, KOTA D U M A I, SUNGAI SEMBILAN; RIAU, BENGKALIS, RUPAT</t>
+  </si>
+  <si>
+    <t>a022fb85-5b3e-48cb-9c1d-cdb27e63c953</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI RIAU 4</t>
+  </si>
+  <si>
+    <t>a0267ae7-e985-4a94-8dda-8d9f4436ddb2</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Kalimantan Barat 3</t>
+  </si>
+  <si>
+    <t>KALIMANTAN BARAT, LANDAK, NGABANG; KALIMANTAN BARAT, SANGGAU, SEKAYAM; KALIMANTAN BARAT, KAPUAS HULU, PUTUSSIBAU UTARA; KALIMANTAN BARAT, KAPUAS HULU, PUTUSSIBAU UTARA; KALIMANTAN BARAT, KAPUAS HULU, BUNUT HILIR</t>
+  </si>
+  <si>
+    <t>164 hari</t>
+  </si>
+  <si>
+    <t>a0268023-2a94-4ba0-9b2e-718ddfc320df</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Kalimantan Barat 2</t>
+  </si>
+  <si>
+    <t>KALIMANTAN BARAT, LANDAK, SEBANGKI; KALIMANTAN BARAT, SANGGAU, ENTIKONG; KALIMANTAN BARAT, SEKADAU, SEKADAU HILIR; KALIMANTAN BARAT, KAPUAS HULU, PUTUSSIBAU SELATAN; KALIMANTAN BARAT, KAPUAS HULU, PUTUSSIBAU SELATAN; KALIMANTAN BARAT, KAPUAS HULU, PUTUSSIBAU SELATAN; KALIMANTAN BARAT, KAPUAS HULU, HULU GURUNG; KALIMANTAN BARAT, SINTANG, SUNGAI TEBELIAN; KALIMANTAN BARAT, MELAWI, SOKAN; KALIMANTAN BARAT, MELAWI, PINOH UTARA</t>
+  </si>
+  <si>
+    <t>a029f15c-0322-4394-8f2d-624d5add0fa5</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Aceh 1</t>
+  </si>
+  <si>
+    <t>ACEH, ACEH BESAR, KUTA MALAKA; ACEH, BIREUEN, JULI; ACEH, KOTA LHOKSEUMAWE, BLANG MANGAT</t>
   </si>
   <si>
     <t>162 hari</t>
   </si>
   <si>
-    <t>9fb705be-5c2d-456e-a939-a5c9b38317a9</t>
-[...128 lines deleted...]
-    <t>9fb7af0c-a7ec-4156-ac27-ecbf122d9e38</t>
+    <t>a03033eb-4b94-4e03-b357-c0d9a11bbc59</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI RIAU 7</t>
+  </si>
+  <si>
+    <t>RIAU, BENGKALIS, BANTAN; RIAU, BENGKALIS, RUPAT; RIAU, BENGKALIS, BENGKALIS; RIAU, KOTA D U M A I, SUNGAI SEMBILAN; RIAU, KUANTAN SINGINGI, SINGINGI; RIAU, ROKAN HILIR, BANGKO</t>
+  </si>
+  <si>
+    <t>13 hari</t>
+  </si>
+  <si>
+    <t>a0369692-99af-497e-a6eb-9a95e22080bb</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah Provinsi Nusa Tenggara Barat 2</t>
+  </si>
+  <si>
+    <t>NUSA TENGGARA BARAT, SUMBAWA, ALAS; NUSA TENGGARA BARAT, SUMBAWA, EMPANG; NUSA TENGGARA BARAT, DOMPU, WOJA; NUSA TENGGARA BARAT, BIMA, MADA PANGGA; NUSA TENGGARA BARAT, BIMA, WAWO; NUSA TENGGARA BARAT, BIMA, PARADO; NUSA TENGGARA BARAT, BIMA, SAPE; NUSA TENGGARA BARAT, BIMA, LANGGUDU; NUSA TENGGARA BARAT, BIMA, BOLO; NUSA TENGGARA BARAT, KOTA BIMA, RASANAE BARAT; NUSA TENGGARA BARAT, SUMBAWA BARAT, TALIWANG</t>
+  </si>
+  <si>
+    <t>Satker Pelaksanaan Prasarana Strategis Nusa Tenggara Barat.</t>
+  </si>
+  <si>
+    <t>Irfanul Avif, S.T, M.T.</t>
+  </si>
+  <si>
+    <t>Balai P2JK Wilayah Nusa Tenggara Barat</t>
+  </si>
+  <si>
+    <t>a036a941-3456-4d08-83cf-8808236b17c4</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Nusa Tenggara Timur 4</t>
+  </si>
+  <si>
+    <t>NUSA TENGGARA TIMUR, ALOR, ALOR BARAT DAYA; NUSA TENGGARA TIMUR, LEMBATA, BUYASARI</t>
+  </si>
+  <si>
+    <t>a03815ec-6a5a-44e3-a074-90afaefa3586</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah Provinsi Nusa Tenggara Barat  1</t>
+  </si>
+  <si>
+    <t>NUSA TENGGARA BARAT, LOMBOK TENGAH, PRAYA TENGAH; NUSA TENGGARA BARAT, LOMBOK TENGAH, PRAYA; NUSA TENGGARA BARAT, LOMBOK TIMUR, SAKRA; NUSA TENGGARA BARAT, LOMBOK TENGAH, JONGGAT; NUSA TENGGARA BARAT, LOMBOK TIMUR, SAKRA BARAT</t>
+  </si>
+  <si>
+    <t>Irfanul Avif, S.T,.M.T</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>10 hari</t>
+  </si>
+  <si>
+    <t>a0386c1c-0062-4a68-a5e4-c114abbae3c6</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Nusa Tenggara Timur 3</t>
+  </si>
+  <si>
+    <t>NUSA TENGGARA TIMUR, SUMBA TENGAH, MAMBORO; NUSA TENGGARA TIMUR, KUPANG, AMARASI; NUSA TENGGARA TIMUR, TIMOR TENGAH SELATAN, FAUTMOLO; NUSA TENGGARA TIMUR, SUMBA BARAT, KOTA WAIKABUBAK; NUSA TENGGARA TIMUR, SUMBA TIMUR, KOTA WAINGAPU</t>
+  </si>
+  <si>
+    <t>Victor, S.T.</t>
+  </si>
+  <si>
+    <t>155 hari</t>
+  </si>
+  <si>
+    <t>a0386d65-d9df-4da5-8d74-233f577d2fe7</t>
+  </si>
+  <si>
+    <t>Optimalisasi Rehabilitasi dan Renovasi Prasarana Sekolah Nusa Tenggara Timur I</t>
+  </si>
+  <si>
+    <t>NUSA TENGGARA TIMUR, KOTA KUPANG, OEBOBO; NUSA TENGGARA TIMUR, KUPANG, SEMAU</t>
+  </si>
+  <si>
+    <t>a03aa461-8958-4290-96d8-24cf970f722f</t>
+  </si>
+  <si>
+    <t>Lanjutan Pembangunan KDP Gedung Direktorat Politeknik Pertanian Negeri Kupang</t>
+  </si>
+  <si>
+    <t>NUSA TENGGARA TIMUR, KOTA KUPANG, KELAPA LIMA</t>
+  </si>
+  <si>
+    <t>a03c18de-250a-4b83-88c8-7e2e10100914</t>
+  </si>
+  <si>
+    <t>Renovasi Masjid Raya Ahmad Yani Manado</t>
+  </si>
+  <si>
+    <t>SULAWESI UTARA, KOTA MANADO, WENANG</t>
+  </si>
+  <si>
+    <t>14 hari</t>
+  </si>
+  <si>
+    <t>a03c2074-0d84-4ea4-b3a7-a6b4a9059a6c</t>
+  </si>
+  <si>
+    <t>Pembangunan Fasilitas Penunjang Asrama Mahasiswa Nusantara Manado</t>
+  </si>
+  <si>
+    <t>SULAWESI UTARA, MINAHASA, MANDOLANG</t>
+  </si>
+  <si>
+    <t>16 hari</t>
+  </si>
+  <si>
+    <t>a03c3e3d-48b4-456f-97bc-39148c5d34f1</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Jawa Tengah 1</t>
+  </si>
+  <si>
+    <t>JAWA TENGAH, TEMANGGUNG, NGADIREJO; JAWA TENGAH, BREBES, LARANGAN; JAWA TENGAH, CILACAP, MAJENANG; JAWA TENGAH, WONOSOBO, KERTEK; JAWA TENGAH, BANYUMAS, SUMBANG</t>
+  </si>
+  <si>
+    <t>153 hari</t>
+  </si>
+  <si>
+    <t>a03de3d5-a1e2-444d-a946-c5118fb0cf6a</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Sulawesi Barat</t>
+  </si>
+  <si>
+    <t>SULAWESI BARAT, MAMUJU, SIMBORO; SULAWESI BARAT, POLEWALI MANDAR, LUYO</t>
+  </si>
+  <si>
+    <t>152 hari</t>
+  </si>
+  <si>
+    <t>a03e6f7a-eae3-48e5-966a-7011218fcc12</t>
+  </si>
+  <si>
+    <t>PS1JTG10</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Tengah 10_rev1</t>
+  </si>
+  <si>
+    <t>JAWA TENGAH, DEMAK; JAWA TENGAH, GROBOGAN</t>
+  </si>
+  <si>
+    <t>Jodie Prayogo, S.T., M.Sc.</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>a045f001-a257-4b57-b568-087f5fff078e</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Sulawesi Utara</t>
+  </si>
+  <si>
+    <t>SULAWESI UTARA, MINAHASA, REMBOKEN</t>
+  </si>
+  <si>
+    <t>36 hari</t>
+  </si>
+  <si>
+    <t>a04a9920-6b8a-427c-b970-c8a1d76046c3</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Tengah 8</t>
+  </si>
+  <si>
+    <t>JAWA TENGAH, CILACAP; JAWA TENGAH, PURBALINGGA</t>
+  </si>
+  <si>
+    <t>146 hari</t>
+  </si>
+  <si>
+    <t>a04a9e4a-0572-49ca-8dfc-0179da083738</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Tengah 9</t>
+  </si>
+  <si>
+    <t>JAWA TENGAH, BANJARNEGARA; JAWA TENGAH, KEBUMEN; JAWA TENGAH, PURWOREJO; JAWA TENGAH, WONOSOBO</t>
+  </si>
+  <si>
+    <t>33 hari</t>
+  </si>
+  <si>
+    <t>a050b6bf-1731-44ba-a3d1-b4e415722366</t>
+  </si>
+  <si>
+    <t>Pembangunan Gedung SPPG 3 TA 2025 Provinsi Maluku</t>
+  </si>
+  <si>
+    <t>MALUKU, MALUKU TENGGARA, KEI KECIL; MALUKU, KOTA TUAL, PULAU DULLAH SELATAN</t>
+  </si>
+  <si>
+    <t>M. Fadhil Fachriansyah, S.T., M.Sc.</t>
+  </si>
+  <si>
+    <t>143 hari</t>
+  </si>
+  <si>
+    <t>a052434b-31a6-4b3f-95b1-c592de471b3a</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Sumatera Barat</t>
+  </si>
+  <si>
+    <t>SUMATERA BARAT, DHARMASRAYA, PULAU PUNJUNG</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>a0529d54-b264-468b-b18d-3a3b18dcb329</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Jawa Tengah 7</t>
+  </si>
+  <si>
+    <t>JAWA TENGAH, PURBALINGGA; JAWA TENGAH, BOYOLALI; JAWA TENGAH, SUKOHARJO; JAWA TENGAH, KARANGANYAR; JAWA TENGAH, GROBOGAN; JAWA TENGAH, SRAGEN</t>
+  </si>
+  <si>
+    <t>142 hari</t>
+  </si>
+  <si>
+    <t>a0545715-f84a-4494-92d1-ef062da05ff9</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Sumatera Utara</t>
+  </si>
+  <si>
+    <t>SUMATERA UTARA, KOTA MEDAN, MEDAN TUNTUNGAN; SUMATERA UTARA, DELI SERDANG, HAMPARAN PERAK; SUMATERA UTARA, SERDANG BEDAGAI, TELUK MENGKUDU; SUMATERA UTARA, TAPANULI SELATAN, SIPIROK; SUMATERA UTARA, KOTA PADANGSIDIMPUAN, PADANGSIDIMPUAN SELATAN</t>
+  </si>
+  <si>
+    <t>141 hari</t>
+  </si>
+  <si>
+    <t>a0551be6-589d-4446-855b-0e39d456b6e1</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Aceh 2</t>
+  </si>
+  <si>
+    <t>ACEH, NAGAN RAYA, SUKA MAKMUE; ACEH, KOTA SUBULUSSALAM, SIMPANG KIRI; ACEH, ACEH SINGKIL, GUNUNG MERIAH</t>
+  </si>
+  <si>
+    <t>a0580938-6deb-46b5-af05-dffc3691cc99</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Sumatera Selatan</t>
+  </si>
+  <si>
+    <t>SUMATERA SELATAN, OGAN ILIR, RANTAU ALAI; SUMATERA SELATAN, OGAN KOMERING ILIR, TELUK GELAM; SUMATERA SELATAN, EMPAT LAWANG, TEBING TINGGI</t>
+  </si>
+  <si>
+    <t>139 hari</t>
+  </si>
+  <si>
+    <t>a0581e56-ffc8-4587-8ba3-dd6cde39ce67</t>
+  </si>
+  <si>
+    <t>Rehabilitasi Stadion Wibawa Mukti'</t>
+  </si>
+  <si>
+    <t>JAWA BARAT, BEKASI, CIKARANG TIMUR</t>
+  </si>
+  <si>
+    <t>a058411d-f395-4aff-b9f1-dc77a48ac1f2</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Banten</t>
+  </si>
+  <si>
+    <t>BANTEN, PANDEGLANG, CADASARI; BANTEN, LEBAK, PANGGARANGAN</t>
+  </si>
+  <si>
+    <t>Nabil Muhammad, S.T</t>
+  </si>
+  <si>
+    <t>a058803d-f780-44a7-8c78-b92b8d583ece</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI PHTC MADRASAH PROVINSI NUSA TENGGARA TIMUR 5</t>
+  </si>
+  <si>
+    <t>NUSA TENGGARA TIMUR, ALOR, PANTAR; NUSA TENGGARA TIMUR, ALOR, PANTAR TENGAH; NUSA TENGGARA TIMUR, ALOR, PANTAR TIMUR</t>
+  </si>
+  <si>
+    <t>ADE BUDDHI YOGA ACYUTA</t>
+  </si>
+  <si>
+    <t>a0643188-219a-48bb-b977-11f4d6809cb8</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Jawa Timur 1</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, GRESIK, SIDAYU; JAWA TIMUR, JOMBANG, JOMBANG; JAWA TIMUR, KOTA SURABAYA, BULAK; JAWA TIMUR, SAMPANG, CAMPLONG; JAWA TIMUR, TUBAN, TUBAN</t>
+  </si>
+  <si>
+    <t>M. Akhbar Ansyari, S.T, M.T</t>
+  </si>
+  <si>
+    <t>a06eed8a-5329-499b-9b9c-32ef7318bec8</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Kalimantan Barat</t>
+  </si>
+  <si>
+    <t>KALIMANTAN BARAT, KOTA PONTIANAK, PONTIANAK UTARA; KALIMANTAN BARAT, KOTA SINGKAWANG, SINGKAWANG SELATAN; KALIMANTAN BARAT, KOTA SINGKAWANG, SINGKAWANG SELATAN</t>
+  </si>
+  <si>
+    <t>a06ee5e2-37f2-40c6-a02e-fcb4ca86db03</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Jawa Barat 2</t>
+  </si>
+  <si>
+    <t>JAWA BARAT, BOGOR, JASINGA; JAWA BARAT, BEKASI, CIKARANG PUSAT; JAWA BARAT, BANDUNG, SOREANG</t>
+  </si>
+  <si>
+    <t>a0703089-c0e2-418e-b41e-139eda973415</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Bali</t>
+  </si>
+  <si>
+    <t>BALI, KARANG ASEM, KUBU</t>
+  </si>
+  <si>
+    <t>21 hari</t>
+  </si>
+  <si>
+    <t>a070b279-6d31-4e99-8c8c-e45201eeff41</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Jawa Timur 2</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, MADIUN, MADIUN; JAWA TIMUR, NGANJUK, NGANJUK; JAWA TIMUR, NGAWI, NGAWI; JAWA TIMUR, PACITAN, PACITAN</t>
+  </si>
+  <si>
+    <t>a07045d2-8008-4aa8-b995-76d137760803</t>
+  </si>
+  <si>
+    <t>Pembangunan Gedung Student Training Center (STC) Universitas 'Aisyiyah Yogyakarta UNISA</t>
+  </si>
+  <si>
+    <t>DI YOGYAKARTA, SLEMAN, GAMPING</t>
+  </si>
+  <si>
+    <t>Risky Firmansyah Putra, S.S.T</t>
+  </si>
+  <si>
+    <t>a0711b91-0102-41bc-b3ce-9e9a424d93dc</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Jawa Tengah 2</t>
+  </si>
+  <si>
+    <t>JAWA TENGAH, JEPARA, PAKIS AJI; JAWA TENGAH, PATI, TLOGOWUNGU; JAWA TENGAH, REMBANG, SULANG; JAWA TENGAH, SRAGEN, MONDOKAN; JAWA TENGAH, SUKOHARJO, BENDOSARI; JAWA TENGAH, KOTA SEMARANG, TEMBALANG</t>
+  </si>
+  <si>
+    <t>Afifah Kemala Hafsari, S.T.,M.T., M.Eng</t>
+  </si>
+  <si>
+    <t>a0723a6b-410f-4c86-b1c0-ef5b9175050c</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Bangunan Pendidikan Provinsi DKI Jakarta 3</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>a0726768-2d6f-4d44-82dc-171626a0ae37</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Maluku Utara</t>
+  </si>
+  <si>
+    <t>MALUKU UTARA, HALMAHERA UTARA, KAO; MALUKU UTARA, HALMAHERA BARAT, JAILOLO SELATAN; ,</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>a072ac80-08bd-4c2d-b6ef-d78bbb4c1fe1</t>
+  </si>
+  <si>
+    <t>Sekolah Rakyat Provinsi Sulawesi Tengah..</t>
+  </si>
+  <si>
+    <t>126 hari</t>
+  </si>
+  <si>
+    <t>a072c85e-f64a-4c92-8a55-6248e0dbf73b</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah Provinsi Nusa Tenggara Barat 3</t>
+  </si>
+  <si>
+    <t>NUSA TENGGARA BARAT, LOMBOK UTARA, BAYAN; NUSA TENGGARA BARAT, LOMBOK UTARA, GANGGA; NUSA TENGGARA BARAT, LOMBOK UTARA, KAYANGAN; NUSA TENGGARA BARAT, LOMBOK UTARA, PEMENANG; NUSA TENGGARA BARAT, KOTA MATARAM, SEKARBELA; NUSA TENGGARA BARAT, LOMBOK BARAT, NARMADA; NUSA TENGGARA BARAT, SUMBAWA, LUNYUK; NUSA TENGGARA BARAT, BIMA, BOLO; NUSA TENGGARA BARAT, BIMA, LAMBU; NUSA TENGGARA BARAT, KOTA BIMA, RASANAE BARAT</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>a0745f6f-0a5f-4a27-a40e-efe253a2e6be</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi DKI Jakarta 2</t>
+  </si>
+  <si>
+    <t>DKI JAKARTA, KOTA JAKARTA UTARA, CILINCING; DKI JAKARTA, KOTA JAKARTA UTARA, TANJUNG PRIOK; DKI JAKARTA, KOTA JAKARTA BARAT, KEBON JERUK; DKI JAKARTA, KOTA JAKARTA BARAT, CENGKARENG; DKI JAKARTA, KOTA JAKARTA BARAT, KEMBANGAN; DKI JAKARTA, KOTA JAKARTA BARAT, KALI DERES; DKI JAKARTA, KOTA JAKARTA BARAT, TAMBORA; DKI JAKARTA, KEPULAUAN SERIBU, KEPULAUAN SERIBU SELATAN</t>
+  </si>
+  <si>
+    <t>a07476a6-bde6-42d5-9f9d-bf4057ba9d25</t>
+  </si>
+  <si>
+    <t>PEMBANGUNAN SEKOLAH RAKYAT PROVINSI JAWA TIMUR 3</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, KOTA PASURUAN, PURWOREJO; JAWA TIMUR, PASURUAN, GONDANG WETAN; JAWA TIMUR, KOTA KEDIRI, MOJOROTO; JAWA TIMUR, KEDIRI, PLOSOKLATEN; JAWA TIMUR, KOTA MALANG, KEDUNGKANDANG</t>
+  </si>
+  <si>
+    <t>2025-12-21</t>
+  </si>
+  <si>
+    <t>a074fc91-b70e-480f-b04f-c3ab40690148</t>
+  </si>
+  <si>
+    <t>PEMBANGUNAN SEKOLAH RAKYAT PROVINSI JAWA TIMUR 4</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, MALANG, BANTUR; JAWA TIMUR, KOTA BLITAR, KEPANJENKIDUL; JAWA TIMUR, TRENGGALEK, TRENGGALEK; JAWA TIMUR, JEMBER, AJUNG; JAWA TIMUR, BANYUWANGI, MUNCAR</t>
+  </si>
+  <si>
+    <t>a0757b2a-6d05-4d0a-9959-01d381920847</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Nusa Tenggara Timur</t>
+  </si>
+  <si>
+    <t>NUSA TENGGARA TIMUR, KUPANG, KUPANG TENGAH</t>
+  </si>
+  <si>
+    <t>124 hari</t>
+  </si>
+  <si>
+    <t>a076647d-92a5-442a-8a91-b07f08cb24f3</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Nusa Tenggara Barat</t>
+  </si>
+  <si>
+    <t>NUSA TENGGARA BARAT, LOMBOK UTARA, KAYANGAN</t>
+  </si>
+  <si>
+    <t>Irvanul Avif, S.T., M.T.</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>a0790bcb-200d-4ead-9ee6-eb44b376c983</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Jambi</t>
+  </si>
+  <si>
+    <t>JAMBI, KOTA JAMBI, KOTA BARU; JAMBI, TANJUNG JABUNG TIMUR, GERAGAI</t>
+  </si>
+  <si>
+    <t>Edia Putra, S.T</t>
+  </si>
+  <si>
+    <t>a07cf05b-1d5c-48b8-901c-805cb29ce065</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Riau</t>
+  </si>
+  <si>
+    <t>RIAU, KUANTAN SINGINGI, KUANTAN TENGAH</t>
+  </si>
+  <si>
+    <t>a0808043-bceb-4b8e-9fbc-91466baab519</t>
+  </si>
+  <si>
+    <t>Lanjutan Renovasi Pasar Kroya</t>
+  </si>
+  <si>
+    <t>JAWA TENGAH, CILACAP, KROYA</t>
+  </si>
+  <si>
+    <t>Fahrizal Patriaman, S.T., M.Eng.</t>
+  </si>
+  <si>
+    <t>a08278eb-d561-4bf0-8b0f-5e54a53ead87</t>
+  </si>
+  <si>
+    <t>Rehabilitasi dan Renovasi Prasarana Sekolah Kabupaten Bojonegoro Lanjutan</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, BOJONEGORO, PADANGAN; JAWA TIMUR, BOJONEGORO, BOJONEGORO; JAWA TIMUR, BOJONEGORO, NGAMBON</t>
+  </si>
+  <si>
+    <t>a08a44a2-af7e-4ac8-a68f-dbf0d4eca0e1</t>
+  </si>
+  <si>
+    <t>Pembangunan Pasar Kesamben Kabupaten Blitar</t>
+  </si>
+  <si>
+    <t>JAWA TIMUR, BLITAR, KESAMBEN</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>a08b033e-4eea-457d-8537-98e270e50626</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Jawa Barat 1</t>
+  </si>
+  <si>
+    <t>JAWA BARAT, INDRAMAYU, TERISI; JAWA BARAT, CIREBON, SUMBER; JAWA BARAT, SUMEDANG, UJUNG JAYA</t>
+  </si>
+  <si>
+    <t>a08b8888-034d-42b8-b314-f37cd2da48ef</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Bengkulu</t>
+  </si>
+  <si>
+    <t>BENGKULU, KAUR, TETAP; BENGKULU, KOTA BENGKULU, SELEBAR</t>
+  </si>
+  <si>
+    <t>a08d9bb5-6f27-4964-b977-5143163600e3</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Lampung</t>
+  </si>
+  <si>
+    <t>LAMPUNG, LAMPUNG SELATAN, JATI AGUNG; LAMPUNG, LAMPUNG TIMUR, SUKADANA; LAMPUNG, LAMPUNG SELATAN, KALIANDA</t>
+  </si>
+  <si>
+    <t>a08e1055-be62-48f3-b33f-5387259dbc03</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Kalimantan Utara</t>
+  </si>
+  <si>
+    <t>KALIMANTAN UTARA, KOTA TARAKAN, TARAKAN UTARA</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>a0ef28fb-5192-4fc0-9e23-d372e8d17e15</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Papua</t>
+  </si>
+  <si>
+    <t>PAPUA, JAYAPURA, SENTANI BARAT; PAPUA, SARMI, SARMI SELATAN; PAPUA, BIAK NUMFOR, BIAK TIMUR</t>
+  </si>
+  <si>
+    <t>64 hari</t>
+  </si>
+  <si>
+    <t>a0ef58ee-2ee1-4ecf-8c5f-84639a19063b</t>
+  </si>
+  <si>
+    <t>000000010</t>
+  </si>
+  <si>
+    <t>Optimalisasi KDP RSPTN Universitas Mataram</t>
+  </si>
+  <si>
+    <t>NUSA TENGGARA BARAT, KOTA MATARAM, SEKARBELA</t>
+  </si>
+  <si>
+    <t>Irfanul Avif, S.T., M.T.</t>
+  </si>
+  <si>
+    <t>a0f5c042-5880-4735-8d9d-3eda47a2a1d2</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi DKI Jakarta</t>
+  </si>
+  <si>
+    <t>DKI JAKARTA, KOTA JAKARTA SELATAN, CILANDAK</t>
+  </si>
+  <si>
+    <t>a0f5c214-9057-4100-9aa6-0aa08bf9b21b</t>
+  </si>
+  <si>
+    <t>Pembangunan Asrama Atlet dan Prasarana Pendukung CYSC</t>
+  </si>
+  <si>
+    <t>DKI JAKARTA, KOTA JAKARTA TIMUR, CIRACAS</t>
+  </si>
+  <si>
+    <t>a0fb95d3-4740-49da-a2c1-1e392507ae55</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Kepulauan Riau</t>
+  </si>
+  <si>
+    <t>Sunarto S.T., M.T., M.Phil. (Infra Mgt)</t>
+  </si>
+  <si>
+    <t>a0ff2997-939e-4a9f-8c33-748b9c9e4779</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI SUMATERA UTARA 8</t>
+  </si>
+  <si>
+    <t>SUMATERA UTARA, LANGKAT, BESITANG; SUMATERA UTARA, KOTA MEDAN, MEDAN LABUHAN; SUMATERA UTARA, DELI SERDANG, HAMPARAN PERAK; SUMATERA UTARA, KOTA TEBING TINGGI, BAJENIS; SUMATERA UTARA, LABUHAN BATU, PANAI HILIR; SUMATERA UTARA, TAPANULI UTARA, PAHAE JAE</t>
+  </si>
+  <si>
+    <t>a0ff2d35-a461-4c4e-8143-27cfb3d99b40</t>
+  </si>
+  <si>
+    <t>REHABILITASI DAN RENOVASI MADRASAH PHTC PROVINSI SUMATERA UTARA 9</t>
+  </si>
+  <si>
+    <t>SUMATERA UTARA, TAPANULI TENGAH, BARUS; SUMATERA UTARA, TAPANULI TENGAH, BARUS; SUMATERA UTARA, TAPANULI TENGAH, BARUS; SUMATERA UTARA, TAPANULI TENGAH, BARUS; SUMATERA UTARA, KOTA SIBOLGA, SIBOLGA SELATAN; SUMATERA UTARA, TAPANULI TENGAH, PINANG SORI; SUMATERA UTARA, TAPANULI SELATAN, SIPIROK; SUMATERA UTARA, MANDAILING NATAL, LINGGA BAYU</t>
+  </si>
+  <si>
+    <t>a10d6f6e-cc17-4b03-a4f6-184b64969a5a</t>
   </si>
   <si>
     <t>Rehabilitasi dan Renovasi Madrasah PHTC Provinsi Kalimantan Barat 1</t>
   </si>
   <si>
-    <t>KALIMANTAN BARAT, SAMBAS, SEJANGKUNG; KALIMANTAN BARAT, SAMBAS, PALOH; KALIMANTAN BARAT, SAMBAS, TELUK KERAMAT; KALIMANTAN BARAT, SAMBAS, JAWAI; KALIMANTAN BARAT, BENGKAYANG, SUNGAI RAYA; KALIMANTAN BARAT, KETAPANG, MUARA PAWAN; KALIMANTAN BARAT, KAYONG UTARA, SUKADANA; KALIMANTAN BARAT, KUBU RAYA, SUNGAI AMBAWANG; KALIMANTAN BARAT, MEMPAWAH, SUNGAI PINYUH; KALIMANTAN BARAT, KOTA PONTIANAK, PONTIANAK TENGGARA; KALIMANTAN BARAT, KOTA PONTIANAK, PONTIANAK BARAT; KALIMANTAN BARAT, KOTA SINGKAWANG, SINGKAWANG TENGAH</t>
-[...479 lines deleted...]
-    <t>9ff22020-504e-4eed-8f75-6b9b0e07f6b2</t>
+    <t>a12e69d0-1b52-47ae-b48c-f14aa7b2040c</t>
+  </si>
+  <si>
+    <t>Pembangunan Sekolah Rakyat Provinsi Sulawesi Tengah</t>
+  </si>
+  <si>
+    <t>Perlu Perbaikan (Rekomendasi Tim PUH Pusat) - Proses PPK</t>
+  </si>
+  <si>
+    <t>a12ed0af-0c8b-4e7f-a706-07b47338d84d</t>
   </si>
   <si>
     <t>Optimalisasi Paket Rehabilitasi dan Renovasi Rumah Sakit Pendidikan Universitas Tadulako</t>
   </si>
   <si>
-    <t>SULAWESI TENGAH, KOTA PALU, MANTIKULORE</t>
-[...968 lines deleted...]
-    <t>DKI JAKARTA, KOTA JAKARTA TIMUR, CIRACAS</t>
+    <t>a135da2d-8713-45ed-8027-0ae81b680322</t>
+  </si>
+  <si>
+    <t>Pekerjaan Pembangunan RSUD Poso</t>
+  </si>
+  <si>
+    <t>SULAWESI TENGAH, POSO, LAGE</t>
+  </si>
+  <si>
+    <t>Daniel Tamado, ST., M.Eng</t>
+  </si>
+  <si>
+    <t>2026-2027</t>
+  </si>
+  <si>
+    <t>a1435ea8-d960-4547-932a-3572d118fa74</t>
+  </si>
+  <si>
+    <t>Pembangunan Gedung Kuliah Fakultas Dharma Acarya dan Fakultas Dharma Duta Bharma Widya IAHN, Palangkaraya</t>
+  </si>
+  <si>
+    <t>KALIMANTAN TENGAH, KOTA PALANGKA RAYA, JEKAN RAYA</t>
+  </si>
+  <si>
+    <t>Luccas Anthonio</t>
+  </si>
+  <si>
+    <t>a1620c46-a7da-4752-8106-396e58406f9e</t>
+  </si>
+  <si>
+    <t>Optimalisasi Rehabilitasi dan Renovasi Prasarana Sekolah Nusa Tenggara Timur II.1</t>
+  </si>
+  <si>
+    <t>NUSA TENGGARA TIMUR, ALOR</t>
+  </si>
+  <si>
+    <t>Ade Buddhi Yoga Acyuta, S.T</t>
+  </si>
+  <si>
+    <t>7 hari</t>
+  </si>
+  <si>
+    <t>a1658c28-70b8-4e6b-898c-1260207ae4a7</t>
+  </si>
+  <si>
+    <t>OPTIMALISASI REHABILITASI DAN RENOVASI PRASARANA SEKOLAH NUSA TENGGARA TIMUR II.2</t>
+  </si>
+  <si>
+    <t>ADE BUDDHI YOGA ACYUTA, S.T</t>
+  </si>
+  <si>
+    <t>5 hari</t>
+  </si>
+  <si>
+    <t>a16c1e8f-e07f-45e3-947f-3fc3b27b0656</t>
+  </si>
+  <si>
+    <t>BACKUP</t>
+  </si>
+  <si>
+    <t>2 hari</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3638,51 +3776,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:V230"/>
+  <dimension ref="A1:V241"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:22">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -6231,10966 +6369,11549 @@
       <c r="J43" t="s">
         <v>141</v>
       </c>
       <c r="K43" t="s">
         <v>32</v>
       </c>
       <c r="L43" t="s">
         <v>33</v>
       </c>
       <c r="M43">
         <v>13162982000</v>
       </c>
       <c r="N43">
         <v>13162982000</v>
       </c>
       <c r="Q43">
         <v>13162982000</v>
       </c>
       <c r="R43">
         <v>13162982000</v>
       </c>
       <c r="S43" t="s">
         <v>142</v>
       </c>
       <c r="T43" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="U43" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="44" spans="1:22">
       <c r="A44" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B44">
         <v>60240262</v>
       </c>
       <c r="C44" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D44" t="s">
         <v>25</v>
       </c>
       <c r="E44" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F44" t="s">
         <v>27</v>
       </c>
       <c r="G44" t="s">
         <v>28</v>
       </c>
       <c r="H44" t="s">
         <v>162</v>
       </c>
       <c r="I44" t="s">
         <v>269</v>
       </c>
       <c r="J44" t="s">
         <v>164</v>
       </c>
       <c r="K44" t="s">
         <v>32</v>
       </c>
       <c r="L44" t="s">
         <v>51</v>
       </c>
       <c r="M44">
         <v>134997499000</v>
       </c>
       <c r="N44">
         <v>134997498163.37</v>
       </c>
       <c r="O44">
         <v>134997496675.08</v>
       </c>
       <c r="P44">
         <v>134997496675.08</v>
       </c>
       <c r="Q44">
         <v>134997496272.65</v>
       </c>
       <c r="R44">
         <v>134997496272.65</v>
       </c>
       <c r="S44" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="T44" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="U44" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:22">
       <c r="A45" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B45">
         <v>59579439</v>
       </c>
       <c r="C45" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D45" t="s">
         <v>25</v>
       </c>
       <c r="E45" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="F45" t="s">
         <v>27</v>
       </c>
       <c r="G45" t="s">
         <v>28</v>
       </c>
       <c r="H45" t="s">
         <v>234</v>
       </c>
       <c r="I45" t="s">
         <v>235</v>
       </c>
       <c r="J45" t="s">
         <v>236</v>
       </c>
       <c r="K45" t="s">
         <v>32</v>
       </c>
       <c r="L45" t="s">
         <v>33</v>
       </c>
       <c r="M45">
         <v>22068896000</v>
       </c>
       <c r="N45">
         <v>22068895858.58</v>
       </c>
       <c r="O45">
         <v>22068895858.58</v>
       </c>
       <c r="Q45">
         <v>22068895858.58</v>
       </c>
       <c r="R45">
         <v>22068895858.58</v>
       </c>
       <c r="S45" t="s">
         <v>237</v>
       </c>
       <c r="T45" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="U45" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="46" spans="1:22">
       <c r="A46" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B46">
         <v>59746537</v>
       </c>
       <c r="C46" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D46" t="s">
         <v>25</v>
       </c>
       <c r="E46" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F46" t="s">
         <v>27</v>
       </c>
       <c r="G46" t="s">
         <v>28</v>
       </c>
       <c r="H46" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I46" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="J46" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K46" t="s">
         <v>32</v>
       </c>
       <c r="L46" t="s">
         <v>51</v>
       </c>
       <c r="M46">
         <v>21464294000</v>
       </c>
       <c r="N46">
         <v>21464294000</v>
       </c>
       <c r="O46">
         <v>21464294000</v>
       </c>
       <c r="Q46">
         <v>21464294000</v>
       </c>
       <c r="R46">
         <v>21464294000</v>
       </c>
       <c r="S46" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="T46" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="U46" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="47" spans="1:22">
       <c r="A47" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B47">
         <v>59746539</v>
       </c>
       <c r="C47" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D47" t="s">
         <v>25</v>
       </c>
       <c r="E47" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F47" t="s">
         <v>27</v>
       </c>
       <c r="G47" t="s">
         <v>28</v>
       </c>
       <c r="H47" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I47" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="J47" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K47" t="s">
         <v>32</v>
       </c>
       <c r="L47" t="s">
         <v>51</v>
       </c>
       <c r="M47">
         <v>28606716000</v>
       </c>
       <c r="N47">
         <v>28606716000</v>
       </c>
       <c r="O47">
         <v>28606716000</v>
       </c>
       <c r="T47" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="U47" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="48" spans="1:22">
       <c r="A48" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B48">
         <v>59746541</v>
       </c>
       <c r="C48" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D48" t="s">
         <v>25</v>
       </c>
       <c r="E48" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F48" t="s">
         <v>27</v>
       </c>
       <c r="G48" t="s">
         <v>28</v>
       </c>
       <c r="H48" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I48" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="J48" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K48" t="s">
         <v>32</v>
       </c>
       <c r="L48" t="s">
         <v>33</v>
       </c>
       <c r="M48">
         <v>16429070000</v>
       </c>
       <c r="N48">
         <v>16429070000</v>
       </c>
       <c r="O48">
         <v>16429070000</v>
       </c>
       <c r="Q48">
         <v>16429070000</v>
       </c>
       <c r="R48">
         <v>16429070000</v>
       </c>
       <c r="S48" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="T48" t="s">
         <v>105</v>
       </c>
       <c r="U48" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="49" spans="1:22">
       <c r="A49" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B49">
         <v>60304740</v>
       </c>
       <c r="C49" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D49" t="s">
         <v>25</v>
       </c>
       <c r="E49" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F49" t="s">
         <v>27</v>
       </c>
       <c r="G49" t="s">
         <v>28</v>
       </c>
       <c r="H49" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="I49" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="J49" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="K49" t="s">
         <v>32</v>
       </c>
       <c r="L49" t="s">
         <v>51</v>
       </c>
       <c r="M49">
         <v>43070026000</v>
       </c>
       <c r="N49">
         <v>41365781999.92</v>
       </c>
       <c r="O49">
         <v>41365781999.92</v>
       </c>
       <c r="Q49">
         <v>41365781999.92</v>
       </c>
       <c r="R49">
         <v>41365781999.92</v>
       </c>
       <c r="S49" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="T49" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="U49" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="50" spans="1:22">
       <c r="A50" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B50">
         <v>59529284</v>
       </c>
       <c r="C50" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D50" t="s">
         <v>25</v>
       </c>
       <c r="E50" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F50" t="s">
         <v>27</v>
       </c>
       <c r="G50" t="s">
         <v>28</v>
       </c>
       <c r="H50" t="s">
         <v>139</v>
       </c>
       <c r="I50" t="s">
         <v>283</v>
       </c>
       <c r="J50" t="s">
         <v>141</v>
       </c>
       <c r="K50" t="s">
         <v>32</v>
       </c>
       <c r="L50" t="s">
         <v>33</v>
       </c>
       <c r="M50">
         <v>9046970000</v>
       </c>
       <c r="N50">
         <v>9046970000</v>
       </c>
       <c r="Q50">
         <v>9046969999.99</v>
       </c>
       <c r="R50">
         <v>9046969999.99</v>
       </c>
       <c r="S50" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="T50" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="U50" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="51" spans="1:22">
       <c r="A51" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B51">
         <v>59827501</v>
       </c>
       <c r="C51" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D51" t="s">
         <v>225</v>
       </c>
       <c r="E51" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F51" t="s">
         <v>27</v>
       </c>
       <c r="G51" t="s">
         <v>28</v>
       </c>
       <c r="H51" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="I51" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="J51" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="K51" t="s">
         <v>32</v>
       </c>
       <c r="L51" t="s">
         <v>33</v>
       </c>
       <c r="M51">
         <v>24214180000</v>
       </c>
       <c r="N51">
         <v>24214179986.69</v>
       </c>
       <c r="O51">
         <v>24214179986.69</v>
       </c>
       <c r="Q51">
         <v>24214180000</v>
       </c>
       <c r="R51">
         <v>24214180000</v>
       </c>
       <c r="S51" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="T51" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="U51" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="52" spans="1:22">
       <c r="A52" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B52">
         <v>59644273</v>
       </c>
       <c r="C52" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D52" t="s">
         <v>225</v>
       </c>
       <c r="E52" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F52" t="s">
         <v>27</v>
       </c>
       <c r="G52" t="s">
         <v>28</v>
       </c>
       <c r="H52" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="I52" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="J52" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="K52" t="s">
         <v>32</v>
       </c>
       <c r="L52" t="s">
         <v>33</v>
       </c>
       <c r="M52">
         <v>17185867000</v>
       </c>
       <c r="N52">
         <v>17185867000</v>
       </c>
       <c r="O52">
         <v>17185867000</v>
       </c>
       <c r="Q52">
         <v>17185867000</v>
       </c>
       <c r="R52">
         <v>17185867000</v>
       </c>
       <c r="S52" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="T52" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="U52" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="53" spans="1:22">
       <c r="A53" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B53">
         <v>59827502</v>
       </c>
       <c r="C53" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D53" t="s">
         <v>225</v>
       </c>
       <c r="E53" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F53" t="s">
         <v>27</v>
       </c>
       <c r="G53" t="s">
         <v>28</v>
       </c>
       <c r="H53" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="I53" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="J53" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="K53" t="s">
         <v>32</v>
       </c>
       <c r="L53" t="s">
         <v>33</v>
       </c>
       <c r="M53">
         <v>23733499000</v>
       </c>
       <c r="N53">
         <v>23733498997.25</v>
       </c>
       <c r="O53">
         <v>23733498997.25</v>
       </c>
       <c r="Q53">
         <v>23733499000</v>
       </c>
       <c r="R53">
         <v>23733499000</v>
       </c>
       <c r="S53" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="T53" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="U53" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="54" spans="1:22">
       <c r="A54" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B54">
         <v>59602811</v>
       </c>
       <c r="C54" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D54" t="s">
         <v>25</v>
       </c>
       <c r="E54" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F54" t="s">
         <v>27</v>
       </c>
       <c r="G54" t="s">
         <v>28</v>
       </c>
       <c r="H54" t="s">
         <v>215</v>
       </c>
       <c r="I54" t="s">
         <v>216</v>
       </c>
       <c r="J54" t="s">
         <v>217</v>
       </c>
       <c r="K54" t="s">
         <v>32</v>
       </c>
       <c r="L54" t="s">
         <v>33</v>
       </c>
       <c r="M54">
         <v>25650289000</v>
       </c>
       <c r="N54">
         <v>25650289000</v>
       </c>
       <c r="O54">
         <v>25650289000</v>
       </c>
       <c r="T54" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="U54" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="55" spans="1:22">
       <c r="A55" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B55">
         <v>59884179</v>
       </c>
       <c r="C55" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D55" t="s">
         <v>25</v>
       </c>
       <c r="E55" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F55" t="s">
         <v>27</v>
       </c>
       <c r="G55" t="s">
         <v>28</v>
       </c>
       <c r="H55" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="I55" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="J55" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="K55" t="s">
         <v>32</v>
       </c>
       <c r="L55" t="s">
         <v>33</v>
       </c>
       <c r="M55">
         <v>16293122000</v>
       </c>
       <c r="N55">
         <v>16043273500.8</v>
       </c>
       <c r="O55">
         <v>16043273500.8</v>
       </c>
       <c r="Q55">
         <v>16043273500.8</v>
       </c>
       <c r="R55">
         <v>16043273500.8</v>
       </c>
       <c r="S55" t="s">
         <v>157</v>
       </c>
       <c r="T55" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="U55" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="56" spans="1:22">
       <c r="A56" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B56">
         <v>59782334</v>
       </c>
       <c r="C56" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D56" t="s">
         <v>25</v>
       </c>
       <c r="E56" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F56" t="s">
         <v>27</v>
       </c>
       <c r="G56" t="s">
         <v>28</v>
       </c>
       <c r="H56" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I56" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="J56" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="K56" t="s">
         <v>32</v>
       </c>
       <c r="L56" t="s">
         <v>33</v>
       </c>
       <c r="M56">
         <v>16200000000</v>
       </c>
       <c r="N56">
         <v>16199999999.99</v>
       </c>
       <c r="O56">
         <v>16199999999.99</v>
       </c>
       <c r="Q56">
         <v>16199999999.99</v>
       </c>
       <c r="R56">
         <v>16199999999.99</v>
       </c>
       <c r="S56" t="s">
         <v>196</v>
       </c>
       <c r="T56" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="U56" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="57" spans="1:22">
       <c r="A57" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B57">
         <v>60304686</v>
       </c>
       <c r="C57" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D57" t="s">
         <v>25</v>
       </c>
       <c r="E57" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F57" t="s">
         <v>27</v>
       </c>
       <c r="G57" t="s">
         <v>28</v>
       </c>
       <c r="H57" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="I57" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="J57" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="K57" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="L57" t="s">
         <v>51</v>
       </c>
       <c r="M57">
         <v>29953226000</v>
       </c>
       <c r="N57">
         <v>29952993000</v>
       </c>
       <c r="O57">
         <v>28972316000</v>
       </c>
       <c r="Q57">
         <v>28972316000.02</v>
       </c>
       <c r="R57">
         <v>28972316000.02</v>
       </c>
       <c r="S57" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="T57" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="U57" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="58" spans="1:22">
       <c r="A58" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B58">
         <v>59602813</v>
       </c>
       <c r="C58" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D58" t="s">
         <v>25</v>
       </c>
       <c r="E58" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="F58" t="s">
         <v>27</v>
       </c>
       <c r="G58" t="s">
         <v>28</v>
       </c>
       <c r="H58" t="s">
         <v>215</v>
       </c>
       <c r="I58" t="s">
         <v>216</v>
       </c>
       <c r="J58" t="s">
         <v>217</v>
       </c>
       <c r="K58" t="s">
         <v>32</v>
       </c>
       <c r="L58" t="s">
         <v>33</v>
       </c>
       <c r="M58">
         <v>38404692000</v>
       </c>
       <c r="N58">
         <v>38404692000</v>
       </c>
       <c r="O58">
         <v>38404692000</v>
       </c>
       <c r="T58" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="U58" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="59" spans="1:22">
       <c r="A59" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B59">
         <v>60133749</v>
       </c>
       <c r="C59" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D59" t="s">
         <v>225</v>
       </c>
       <c r="E59" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="F59" t="s">
         <v>27</v>
       </c>
       <c r="G59" t="s">
         <v>28</v>
       </c>
       <c r="H59" t="s">
         <v>234</v>
       </c>
       <c r="I59" t="s">
         <v>235</v>
       </c>
       <c r="J59" t="s">
         <v>236</v>
       </c>
       <c r="K59" t="s">
         <v>32</v>
       </c>
       <c r="L59" t="s">
         <v>33</v>
       </c>
       <c r="M59">
         <v>15357734000</v>
       </c>
       <c r="N59">
         <v>15357733931.63</v>
       </c>
       <c r="O59">
         <v>15357733931.63</v>
       </c>
       <c r="Q59">
         <v>15357733931.63</v>
       </c>
       <c r="R59">
         <v>15357733931.63</v>
       </c>
       <c r="S59" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="T59" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="U59" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="60" spans="1:22">
       <c r="A60" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B60">
         <v>59750680</v>
       </c>
       <c r="C60" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D60" t="s">
         <v>25</v>
       </c>
       <c r="E60" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F60" t="s">
         <v>27</v>
       </c>
       <c r="G60" t="s">
         <v>28</v>
       </c>
       <c r="H60" t="s">
         <v>154</v>
       </c>
       <c r="I60" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="J60" t="s">
         <v>156</v>
       </c>
       <c r="K60" t="s">
         <v>32</v>
       </c>
       <c r="L60" t="s">
         <v>51</v>
       </c>
       <c r="M60">
         <v>18505412000</v>
       </c>
       <c r="N60">
         <v>18475727140.7</v>
       </c>
       <c r="O60">
         <v>18475723240.54</v>
       </c>
       <c r="Q60">
         <v>18475725502.58</v>
       </c>
       <c r="R60">
         <v>18475725502.58</v>
       </c>
       <c r="S60" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="T60" t="s">
         <v>197</v>
       </c>
       <c r="U60" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="61" spans="1:22">
       <c r="A61" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B61">
         <v>59750682</v>
       </c>
       <c r="C61" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D61" t="s">
         <v>25</v>
       </c>
       <c r="E61" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F61" t="s">
         <v>27</v>
       </c>
       <c r="G61" t="s">
         <v>28</v>
       </c>
       <c r="H61" t="s">
         <v>154</v>
       </c>
       <c r="I61" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="J61" t="s">
         <v>156</v>
       </c>
       <c r="K61" t="s">
         <v>32</v>
       </c>
       <c r="L61" t="s">
         <v>33</v>
       </c>
       <c r="M61">
         <v>21489962000</v>
       </c>
       <c r="N61">
         <v>21481719759.89</v>
       </c>
       <c r="O61">
         <v>21481719759.89</v>
       </c>
       <c r="Q61">
         <v>21481718000</v>
       </c>
       <c r="R61">
         <v>21481718000</v>
       </c>
       <c r="S61" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="T61" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="U61" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="62" spans="1:22">
       <c r="A62" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B62">
         <v>59899812</v>
       </c>
       <c r="C62" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D62" t="s">
         <v>25</v>
       </c>
       <c r="E62" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F62" t="s">
         <v>27</v>
       </c>
       <c r="G62" t="s">
         <v>101</v>
       </c>
       <c r="H62" t="s">
         <v>87</v>
       </c>
       <c r="I62" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="J62" t="s">
         <v>89</v>
       </c>
       <c r="K62" t="s">
         <v>32</v>
       </c>
       <c r="L62" t="s">
         <v>51</v>
       </c>
       <c r="M62">
         <v>24578600000</v>
       </c>
       <c r="N62">
         <v>24578599244.92</v>
       </c>
       <c r="O62">
         <v>24578599244.92</v>
       </c>
       <c r="T62" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="U62" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="63" spans="1:22">
       <c r="A63" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B63">
         <v>59535631</v>
       </c>
       <c r="C63" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D63" t="s">
         <v>25</v>
       </c>
       <c r="E63" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="F63" t="s">
         <v>27</v>
       </c>
       <c r="G63" t="s">
         <v>28</v>
       </c>
       <c r="H63" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="I63" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="J63" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="K63" t="s">
         <v>32</v>
       </c>
       <c r="L63" t="s">
         <v>33</v>
       </c>
       <c r="M63">
         <v>36326715000</v>
       </c>
       <c r="N63">
         <v>36326715000</v>
       </c>
       <c r="O63">
         <v>36326715000</v>
       </c>
       <c r="Q63">
         <v>36326715000</v>
       </c>
       <c r="R63">
         <v>36326715000</v>
       </c>
       <c r="S63" t="s">
         <v>157</v>
       </c>
       <c r="T63" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="U63" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="64" spans="1:22">
       <c r="A64" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B64">
         <v>59644275</v>
       </c>
       <c r="C64" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D64" t="s">
         <v>225</v>
       </c>
       <c r="E64" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="F64" t="s">
         <v>27</v>
       </c>
       <c r="G64" t="s">
         <v>28</v>
       </c>
       <c r="H64" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="I64" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="J64" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="K64" t="s">
         <v>32</v>
       </c>
       <c r="L64" t="s">
         <v>33</v>
       </c>
       <c r="M64">
         <v>19498075000</v>
       </c>
       <c r="N64">
         <v>19498075000</v>
       </c>
       <c r="O64">
         <v>19498074999.86</v>
       </c>
       <c r="Q64">
         <v>19498075000</v>
       </c>
       <c r="R64">
         <v>19498075000</v>
       </c>
       <c r="S64" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="T64" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="U64" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="65" spans="1:22">
       <c r="A65" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B65">
         <v>60360113</v>
       </c>
       <c r="C65" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D65" t="s">
         <v>25</v>
       </c>
       <c r="E65" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F65" t="s">
         <v>27</v>
       </c>
       <c r="G65" t="s">
         <v>28</v>
       </c>
       <c r="H65" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="I65" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="J65" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="K65" t="s">
         <v>32</v>
       </c>
       <c r="L65" t="s">
         <v>51</v>
       </c>
       <c r="M65">
         <v>48379999000</v>
       </c>
       <c r="N65">
         <v>48379998999.99</v>
       </c>
       <c r="O65">
         <v>48379998999.99</v>
       </c>
       <c r="Q65">
         <v>48379998999.99</v>
       </c>
       <c r="R65">
         <v>48379998999.99</v>
       </c>
       <c r="S65" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="T65" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="U65" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="66" spans="1:22">
       <c r="A66" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B66">
         <v>59975747</v>
       </c>
       <c r="C66" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D66" t="s">
         <v>225</v>
       </c>
       <c r="E66" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F66" t="s">
         <v>27</v>
       </c>
       <c r="G66" t="s">
         <v>28</v>
       </c>
       <c r="H66" t="s">
         <v>227</v>
       </c>
       <c r="I66" t="s">
         <v>228</v>
       </c>
       <c r="J66" t="s">
         <v>229</v>
       </c>
       <c r="K66" t="s">
         <v>32</v>
       </c>
       <c r="L66" t="s">
         <v>33</v>
       </c>
       <c r="M66">
         <v>9333945000</v>
       </c>
       <c r="N66">
         <v>9333942507.43</v>
       </c>
       <c r="Q66">
         <v>9333942507.43</v>
       </c>
       <c r="R66">
         <v>9333942507.43</v>
       </c>
       <c r="S66" t="s">
         <v>128</v>
       </c>
       <c r="T66" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="U66" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="67" spans="1:22">
       <c r="A67" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B67">
         <v>59659176</v>
       </c>
       <c r="C67" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D67" t="s">
         <v>25</v>
       </c>
       <c r="E67" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="F67" t="s">
         <v>27</v>
       </c>
       <c r="G67" t="s">
         <v>28</v>
       </c>
       <c r="H67" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="I67" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="J67" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="K67" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="L67" t="s">
         <v>51</v>
       </c>
       <c r="M67">
         <v>28519972000</v>
       </c>
       <c r="N67">
         <v>22856384000</v>
       </c>
       <c r="O67">
         <v>22856384000</v>
       </c>
       <c r="Q67">
         <v>22856384000</v>
       </c>
       <c r="R67">
         <v>22856384000</v>
       </c>
       <c r="S67" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="T67" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U67" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="68" spans="1:22">
       <c r="A68" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B68">
         <v>59659178</v>
       </c>
       <c r="C68" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D68" t="s">
         <v>25</v>
       </c>
       <c r="E68" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F68" t="s">
         <v>27</v>
       </c>
       <c r="G68" t="s">
         <v>28</v>
       </c>
       <c r="H68" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="I68" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="J68" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="K68" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="L68" t="s">
         <v>51</v>
       </c>
       <c r="M68">
         <v>43817621000</v>
       </c>
       <c r="N68">
         <v>42792601000.01</v>
       </c>
       <c r="O68">
         <v>42792601000.01</v>
       </c>
       <c r="Q68">
         <v>42792601000.01</v>
       </c>
       <c r="R68">
         <v>42792601000.01</v>
       </c>
       <c r="S68" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="T68" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U68" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="69" spans="1:22">
       <c r="A69" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B69">
         <v>59659179</v>
       </c>
       <c r="C69" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D69" t="s">
         <v>25</v>
       </c>
       <c r="E69" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F69" t="s">
         <v>27</v>
       </c>
       <c r="G69" t="s">
         <v>28</v>
       </c>
       <c r="H69" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="I69" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="J69" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="K69" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="L69" t="s">
         <v>51</v>
       </c>
       <c r="M69">
         <v>31812547000</v>
       </c>
       <c r="N69">
         <v>28040940000</v>
       </c>
       <c r="O69">
         <v>28040940000</v>
       </c>
       <c r="Q69">
         <v>28040940000.05</v>
       </c>
       <c r="R69">
         <v>28040940000.05</v>
       </c>
       <c r="S69" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="T69" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U69" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="70" spans="1:22">
       <c r="A70" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B70">
         <v>59659180</v>
       </c>
       <c r="C70" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D70" t="s">
         <v>25</v>
       </c>
       <c r="E70" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="F70" t="s">
         <v>27</v>
       </c>
       <c r="G70" t="s">
         <v>28</v>
       </c>
       <c r="H70" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="I70" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="J70" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="K70" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="L70" t="s">
         <v>51</v>
       </c>
       <c r="M70">
         <v>56988063000</v>
       </c>
       <c r="N70">
         <v>50719817000</v>
       </c>
       <c r="O70">
         <v>50719817000</v>
       </c>
       <c r="Q70">
         <v>50719817000.2</v>
       </c>
       <c r="R70">
         <v>50719817000.2</v>
       </c>
       <c r="S70" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="T70" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U70" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="71" spans="1:22">
       <c r="A71" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B71">
         <v>59927319</v>
       </c>
       <c r="C71" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D71" t="s">
         <v>25</v>
       </c>
       <c r="E71" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="F71" t="s">
         <v>27</v>
       </c>
       <c r="G71" t="s">
         <v>28</v>
       </c>
       <c r="H71" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I71" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="J71" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="K71" t="s">
         <v>32</v>
       </c>
       <c r="L71" t="s">
         <v>33</v>
       </c>
       <c r="M71">
         <v>26724598000</v>
       </c>
       <c r="N71">
         <v>26724598000</v>
       </c>
       <c r="O71">
         <v>26724597999.71</v>
       </c>
       <c r="Q71">
         <v>26724597999.71</v>
       </c>
       <c r="R71">
         <v>26724597999.71</v>
       </c>
       <c r="S71" t="s">
         <v>196</v>
       </c>
       <c r="T71" t="s">
         <v>150</v>
       </c>
       <c r="U71" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="72" spans="1:22">
       <c r="A72" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B72">
         <v>59975745</v>
       </c>
       <c r="C72" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D72" t="s">
         <v>225</v>
       </c>
       <c r="E72" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F72" t="s">
         <v>27</v>
       </c>
       <c r="G72" t="s">
         <v>28</v>
       </c>
       <c r="H72" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I72" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="J72" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K72" t="s">
         <v>32</v>
       </c>
       <c r="L72" t="s">
         <v>33</v>
       </c>
       <c r="M72">
         <v>28736702000</v>
       </c>
       <c r="N72">
         <v>28736701956.62</v>
       </c>
       <c r="O72">
         <v>28734269843.17</v>
       </c>
       <c r="T72" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="U72" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="73" spans="1:22">
       <c r="A73" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B73">
         <v>60279993</v>
       </c>
       <c r="C73" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D73" t="s">
         <v>225</v>
       </c>
       <c r="E73" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="F73" t="s">
         <v>27</v>
       </c>
       <c r="G73" t="s">
         <v>28</v>
       </c>
       <c r="H73" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="I73" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="J73" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K73" t="s">
         <v>32</v>
       </c>
       <c r="L73" t="s">
         <v>33</v>
       </c>
       <c r="M73">
         <v>19079656000</v>
       </c>
       <c r="N73">
         <v>19075656262.24</v>
       </c>
       <c r="O73">
         <v>19075656262.24</v>
       </c>
       <c r="Q73">
         <v>19075334000</v>
       </c>
       <c r="R73">
         <v>19075334000</v>
       </c>
       <c r="S73" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="T73" t="s">
         <v>176</v>
       </c>
       <c r="U73" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="74" spans="1:22">
       <c r="A74" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B74">
         <v>59899821</v>
       </c>
       <c r="C74" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D74" t="s">
         <v>225</v>
       </c>
       <c r="E74" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F74" t="s">
         <v>27</v>
       </c>
       <c r="G74" t="s">
         <v>28</v>
       </c>
       <c r="H74" t="s">
         <v>227</v>
       </c>
       <c r="I74" t="s">
         <v>228</v>
       </c>
       <c r="J74" t="s">
         <v>229</v>
       </c>
       <c r="K74" t="s">
         <v>32</v>
       </c>
       <c r="L74" t="s">
         <v>33</v>
       </c>
       <c r="M74">
         <v>8878254000</v>
       </c>
       <c r="N74">
         <v>8878253193.22</v>
       </c>
       <c r="Q74">
         <v>8878253193.22</v>
       </c>
       <c r="R74">
         <v>8878253193.22</v>
       </c>
       <c r="S74" t="s">
         <v>128</v>
       </c>
       <c r="T74" t="s">
         <v>184</v>
       </c>
       <c r="U74" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="75" spans="1:22">
       <c r="A75" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B75">
         <v>60304688</v>
       </c>
       <c r="C75" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D75" t="s">
         <v>25</v>
       </c>
       <c r="E75" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F75" t="s">
         <v>27</v>
       </c>
       <c r="G75" t="s">
         <v>28</v>
       </c>
       <c r="H75" t="s">
         <v>102</v>
       </c>
       <c r="I75" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="J75" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K75" t="s">
         <v>32</v>
       </c>
       <c r="L75" t="s">
         <v>51</v>
       </c>
       <c r="M75">
         <v>26018023000</v>
       </c>
       <c r="N75">
         <v>26018022000</v>
       </c>
       <c r="O75">
         <v>26018022000</v>
       </c>
       <c r="T75" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="U75" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="76" spans="1:22">
       <c r="A76" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B76">
         <v>60023838</v>
       </c>
       <c r="C76" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D76" t="s">
         <v>25</v>
       </c>
       <c r="E76" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F76" t="s">
         <v>27</v>
       </c>
       <c r="G76" t="s">
         <v>28</v>
       </c>
       <c r="H76" t="s">
         <v>102</v>
       </c>
       <c r="I76" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="J76" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K76" t="s">
         <v>32</v>
       </c>
       <c r="L76" t="s">
         <v>51</v>
       </c>
       <c r="M76">
         <v>15862130000</v>
       </c>
       <c r="N76">
         <v>15862130000</v>
       </c>
       <c r="O76">
         <v>15862129000.12</v>
       </c>
       <c r="T76" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="U76" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="77" spans="1:22">
       <c r="A77" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B77">
         <v>60051269</v>
       </c>
       <c r="C77" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D77" t="s">
         <v>25</v>
       </c>
       <c r="E77" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="F77" t="s">
         <v>27</v>
       </c>
       <c r="G77" t="s">
         <v>101</v>
       </c>
       <c r="H77" t="s">
         <v>154</v>
       </c>
       <c r="I77" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="J77" t="s">
         <v>89</v>
       </c>
       <c r="K77" t="s">
         <v>32</v>
       </c>
       <c r="L77" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="M77">
         <v>674952980000</v>
       </c>
       <c r="N77">
         <v>674952980000</v>
       </c>
       <c r="O77">
         <v>674952980000</v>
       </c>
       <c r="P77">
         <v>674952980000</v>
       </c>
       <c r="T77" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="U77" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="78" spans="1:22">
       <c r="A78" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B78">
         <v>929292929</v>
       </c>
       <c r="C78" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D78" t="s">
         <v>25</v>
       </c>
       <c r="E78" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F78" t="s">
         <v>27</v>
       </c>
       <c r="G78" t="s">
         <v>28</v>
       </c>
       <c r="H78" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I78" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="J78" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K78" t="s">
         <v>32</v>
       </c>
       <c r="L78" t="s">
         <v>51</v>
       </c>
       <c r="M78">
         <v>3310928900</v>
       </c>
       <c r="T78" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="U78" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="79" spans="1:22">
       <c r="A79" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B79">
         <v>60307743</v>
       </c>
       <c r="C79" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D79" t="s">
         <v>25</v>
       </c>
       <c r="E79" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F79" t="s">
         <v>27</v>
       </c>
       <c r="G79" t="s">
         <v>28</v>
       </c>
       <c r="H79" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I79" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="J79" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K79" t="s">
         <v>32</v>
       </c>
       <c r="L79" t="s">
         <v>51</v>
       </c>
       <c r="M79">
         <v>42193400000</v>
       </c>
       <c r="N79">
         <v>42193114264.15</v>
       </c>
       <c r="O79">
         <v>42193114264.15</v>
       </c>
       <c r="T79" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="U79" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="80" spans="1:22">
       <c r="A80" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B80">
         <v>60307744</v>
       </c>
       <c r="C80" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D80" t="s">
         <v>25</v>
       </c>
       <c r="E80" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F80" t="s">
         <v>27</v>
       </c>
       <c r="G80" t="s">
         <v>28</v>
       </c>
       <c r="H80" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I80" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="J80" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K80" t="s">
         <v>32</v>
       </c>
       <c r="L80" t="s">
         <v>51</v>
       </c>
       <c r="M80">
         <v>35470500000</v>
       </c>
       <c r="N80">
         <v>35470402861.09</v>
       </c>
       <c r="O80">
         <v>35470402861.09</v>
       </c>
       <c r="T80" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="U80" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="81" spans="1:22">
       <c r="A81" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B81">
         <v>60307745</v>
       </c>
       <c r="C81" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D81" t="s">
         <v>25</v>
       </c>
       <c r="E81" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F81" t="s">
         <v>27</v>
       </c>
       <c r="G81" t="s">
         <v>28</v>
       </c>
       <c r="H81" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I81" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="J81" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K81" t="s">
         <v>32</v>
       </c>
       <c r="L81" t="s">
         <v>51</v>
       </c>
       <c r="M81">
         <v>25648100000</v>
       </c>
       <c r="N81">
         <v>25648096050.31</v>
       </c>
       <c r="O81">
         <v>25648096050.31</v>
       </c>
       <c r="T81" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="U81" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="82" spans="1:22">
       <c r="A82" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B82">
         <v>60307746</v>
       </c>
       <c r="C82" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D82" t="s">
         <v>25</v>
       </c>
       <c r="E82" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="F82" t="s">
         <v>27</v>
       </c>
       <c r="G82" t="s">
         <v>28</v>
       </c>
       <c r="H82" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I82" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="J82" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K82" t="s">
         <v>32</v>
       </c>
       <c r="L82" t="s">
         <v>51</v>
       </c>
       <c r="M82">
         <v>15065900000</v>
       </c>
       <c r="N82">
         <v>15065878036.13</v>
       </c>
       <c r="O82">
         <v>15065878036.13</v>
       </c>
       <c r="T82" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="U82" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="83" spans="1:22">
       <c r="A83" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B83">
         <v>60307747</v>
       </c>
       <c r="C83" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D83" t="s">
         <v>25</v>
       </c>
       <c r="E83" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="F83" t="s">
         <v>27</v>
       </c>
       <c r="G83" t="s">
         <v>28</v>
       </c>
       <c r="H83" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I83" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="J83" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K83" t="s">
         <v>32</v>
       </c>
       <c r="L83" t="s">
         <v>51</v>
       </c>
       <c r="M83">
         <v>31973800000</v>
       </c>
       <c r="N83">
         <v>31973735517.17</v>
       </c>
       <c r="O83">
         <v>31973735517.17</v>
       </c>
       <c r="Q83">
         <v>31973735517.17</v>
       </c>
       <c r="R83">
         <v>31973735517.17</v>
       </c>
       <c r="S83" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="T83" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="U83" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="84" spans="1:22">
       <c r="A84" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B84">
         <v>60307748</v>
       </c>
       <c r="C84" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D84" t="s">
         <v>25</v>
       </c>
       <c r="E84" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="F84" t="s">
         <v>27</v>
       </c>
       <c r="G84" t="s">
         <v>28</v>
       </c>
       <c r="H84" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I84" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="J84" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K84" t="s">
         <v>32</v>
       </c>
       <c r="L84" t="s">
         <v>51</v>
       </c>
       <c r="M84">
         <v>22058100000</v>
       </c>
       <c r="N84">
         <v>22052425381.17</v>
       </c>
       <c r="O84">
         <v>22052425381.17</v>
       </c>
       <c r="Q84">
         <v>22052425381.17</v>
       </c>
       <c r="R84">
         <v>22052425381.17</v>
       </c>
       <c r="S84" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="T84" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="U84" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="85" spans="1:22">
       <c r="A85" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B85">
         <v>60307749</v>
       </c>
       <c r="C85" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D85" t="s">
         <v>25</v>
       </c>
       <c r="E85" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="F85" t="s">
         <v>27</v>
       </c>
       <c r="G85" t="s">
         <v>28</v>
       </c>
       <c r="H85" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I85" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="J85" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K85" t="s">
         <v>32</v>
       </c>
       <c r="L85" t="s">
         <v>51</v>
       </c>
       <c r="M85">
         <v>11355200000</v>
       </c>
       <c r="N85">
         <v>11355161644.82</v>
       </c>
       <c r="Q85">
         <v>11355161644.84</v>
       </c>
       <c r="R85">
         <v>11355161644.84</v>
       </c>
       <c r="S85" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="T85" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="U85" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="86" spans="1:22">
       <c r="A86" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B86">
         <v>59913738</v>
       </c>
       <c r="C86" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D86" t="s">
         <v>25</v>
       </c>
       <c r="E86" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F86" t="s">
         <v>27</v>
       </c>
       <c r="G86" t="s">
         <v>28</v>
       </c>
       <c r="H86" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="I86" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="J86" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="K86" t="s">
         <v>32</v>
       </c>
       <c r="L86" t="s">
         <v>33</v>
       </c>
       <c r="M86">
         <v>27164016000</v>
       </c>
       <c r="N86">
         <v>27164016000</v>
       </c>
       <c r="O86">
         <v>27164016000</v>
       </c>
       <c r="Q86">
         <v>27164016000</v>
       </c>
       <c r="R86">
         <v>27164016000</v>
       </c>
       <c r="S86" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="T86" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="U86" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="87" spans="1:22">
       <c r="A87" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B87">
         <v>59512690</v>
       </c>
       <c r="C87" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D87" t="s">
         <v>225</v>
       </c>
       <c r="E87" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="F87" t="s">
         <v>27</v>
       </c>
       <c r="G87" t="s">
         <v>28</v>
       </c>
       <c r="H87" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="I87" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="J87" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="K87" t="s">
         <v>32</v>
       </c>
       <c r="L87" t="s">
         <v>33</v>
       </c>
       <c r="M87">
         <v>21964356000</v>
       </c>
       <c r="N87">
         <v>21964295808.65</v>
       </c>
       <c r="O87">
         <v>21964295808.65</v>
       </c>
       <c r="Q87">
         <v>21964295808.65</v>
       </c>
       <c r="R87">
         <v>21964295808.65</v>
       </c>
       <c r="S87" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="T87" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="U87" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="88" spans="1:22">
       <c r="A88" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B88">
         <v>60240272</v>
       </c>
       <c r="C88" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D88" t="s">
         <v>25</v>
       </c>
       <c r="E88" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="F88" t="s">
         <v>27</v>
       </c>
       <c r="G88" t="s">
         <v>28</v>
       </c>
       <c r="H88" t="s">
         <v>79</v>
       </c>
       <c r="I88" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="J88" t="s">
         <v>81</v>
       </c>
       <c r="K88" t="s">
         <v>32</v>
       </c>
       <c r="L88" t="s">
         <v>51</v>
       </c>
       <c r="M88">
         <v>15594465000</v>
       </c>
       <c r="N88">
         <v>15594464874.42</v>
       </c>
       <c r="O88">
         <v>15594464874.42</v>
       </c>
       <c r="Q88">
         <v>15594464874.42</v>
       </c>
       <c r="R88">
         <v>15594464874.42</v>
       </c>
       <c r="S88" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="T88" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="U88" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="89" spans="1:22">
       <c r="A89" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B89">
         <v>59899816</v>
       </c>
       <c r="C89" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D89" t="s">
         <v>25</v>
       </c>
       <c r="E89" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="F89" t="s">
         <v>27</v>
       </c>
       <c r="G89" t="s">
         <v>28</v>
       </c>
       <c r="H89" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="I89" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="J89" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="K89" t="s">
         <v>32</v>
       </c>
       <c r="L89" t="s">
         <v>33</v>
       </c>
       <c r="M89">
         <v>50994946000</v>
       </c>
       <c r="N89">
         <v>50994946000</v>
       </c>
       <c r="O89">
         <v>50994946000</v>
       </c>
       <c r="Q89">
         <v>50994946000</v>
       </c>
       <c r="R89">
         <v>50994946000</v>
       </c>
       <c r="S89" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="T89" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="U89" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="90" spans="1:22">
       <c r="A90" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B90">
         <v>60093607</v>
       </c>
       <c r="C90" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D90" t="s">
         <v>225</v>
       </c>
       <c r="E90" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="F90" t="s">
         <v>27</v>
       </c>
       <c r="G90" t="s">
         <v>28</v>
       </c>
       <c r="H90" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I90" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="J90" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K90" t="s">
         <v>32</v>
       </c>
       <c r="L90" t="s">
         <v>33</v>
       </c>
       <c r="M90">
         <v>19531749000</v>
       </c>
       <c r="N90">
         <v>19531749000</v>
       </c>
       <c r="O90">
         <v>19531749000</v>
       </c>
       <c r="T90" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="U90" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="91" spans="1:22">
       <c r="A91" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B91">
         <v>60233159</v>
       </c>
       <c r="C91" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D91" t="s">
         <v>25</v>
       </c>
       <c r="E91" t="s">
         <v>161</v>
       </c>
       <c r="F91" t="s">
         <v>27</v>
       </c>
       <c r="G91" t="s">
         <v>28</v>
       </c>
       <c r="H91" t="s">
         <v>162</v>
       </c>
       <c r="I91" t="s">
         <v>163</v>
       </c>
       <c r="J91" t="s">
         <v>164</v>
       </c>
       <c r="K91" t="s">
         <v>32</v>
       </c>
       <c r="L91" t="s">
         <v>33</v>
       </c>
       <c r="M91">
         <v>15186110000</v>
       </c>
       <c r="N91">
         <v>15185545003.54</v>
       </c>
       <c r="O91">
         <v>15185545003.54</v>
       </c>
       <c r="Q91">
         <v>15185545003.54</v>
       </c>
       <c r="R91">
         <v>15185545003.54</v>
       </c>
       <c r="S91" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="T91" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="U91" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="92" spans="1:22">
       <c r="A92" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B92">
         <v>60304681</v>
       </c>
       <c r="C92" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D92" t="s">
         <v>25</v>
       </c>
       <c r="E92" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="F92" t="s">
         <v>27</v>
       </c>
       <c r="G92" t="s">
         <v>101</v>
       </c>
       <c r="H92" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="I92" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="J92" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="K92" t="s">
         <v>32</v>
       </c>
       <c r="L92" t="s">
         <v>33</v>
       </c>
       <c r="M92">
         <v>15672456000</v>
       </c>
       <c r="N92">
         <v>15672417582.05</v>
       </c>
       <c r="O92">
         <v>15672417582.05</v>
       </c>
       <c r="Q92">
         <v>15672417582.05</v>
       </c>
       <c r="R92">
         <v>15672417582.05</v>
       </c>
       <c r="S92" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="T92" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="U92" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="93" spans="1:22">
       <c r="A93" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B93">
         <v>60304678</v>
       </c>
       <c r="C93" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D93" t="s">
         <v>25</v>
       </c>
       <c r="E93" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="F93" t="s">
         <v>27</v>
       </c>
       <c r="G93" t="s">
         <v>101</v>
       </c>
       <c r="H93" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I93" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="J93" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K93" t="s">
         <v>32</v>
       </c>
       <c r="L93" t="s">
         <v>51</v>
       </c>
       <c r="M93">
         <v>38250000000</v>
       </c>
       <c r="N93">
         <v>38243270492.31</v>
       </c>
       <c r="O93">
         <v>36950302755.22</v>
       </c>
       <c r="Q93">
         <v>38250000000</v>
       </c>
       <c r="R93">
         <v>38250000000</v>
       </c>
       <c r="S93" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="T93" t="s">
         <v>158</v>
       </c>
       <c r="U93" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="94" spans="1:22">
       <c r="A94" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B94">
         <v>60333979</v>
       </c>
       <c r="C94" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D94" t="s">
         <v>25</v>
       </c>
       <c r="E94" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F94" t="s">
         <v>27</v>
       </c>
       <c r="G94" t="s">
         <v>28</v>
       </c>
       <c r="H94" t="s">
         <v>180</v>
       </c>
       <c r="I94" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="J94" t="s">
         <v>182</v>
       </c>
       <c r="K94" t="s">
         <v>32</v>
       </c>
       <c r="L94" t="s">
         <v>51</v>
       </c>
       <c r="M94">
         <v>26551965000</v>
       </c>
       <c r="N94">
         <v>26551965000</v>
       </c>
       <c r="O94">
         <v>26551965000</v>
       </c>
       <c r="Q94">
         <v>26551965000</v>
       </c>
       <c r="R94">
         <v>26551965000</v>
       </c>
       <c r="S94" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="T94" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="U94" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="95" spans="1:22">
       <c r="A95" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B95">
         <v>60163503</v>
       </c>
       <c r="C95" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D95" t="s">
         <v>25</v>
       </c>
       <c r="E95" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="F95" t="s">
         <v>27</v>
       </c>
       <c r="G95" t="s">
         <v>101</v>
       </c>
       <c r="H95" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="I95" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="J95" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="K95" t="s">
         <v>32</v>
       </c>
       <c r="L95" t="s">
         <v>51</v>
       </c>
       <c r="M95">
         <v>27000000000</v>
       </c>
       <c r="N95">
         <v>26987510190.82</v>
       </c>
       <c r="O95">
         <v>26987510190.82</v>
       </c>
       <c r="Q95">
         <v>26987510190.82</v>
       </c>
       <c r="R95">
         <v>26987510190.82</v>
       </c>
       <c r="S95" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="T95" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="U95" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="96" spans="1:22">
       <c r="A96" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B96">
         <v>60304697</v>
       </c>
       <c r="C96" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D96" t="s">
         <v>25</v>
       </c>
       <c r="E96" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F96" t="s">
         <v>27</v>
       </c>
       <c r="G96" t="s">
         <v>28</v>
       </c>
       <c r="H96" t="s">
         <v>227</v>
       </c>
       <c r="I96" t="s">
         <v>228</v>
       </c>
       <c r="J96" t="s">
         <v>229</v>
       </c>
       <c r="K96" t="s">
         <v>32</v>
       </c>
       <c r="L96" t="s">
         <v>51</v>
       </c>
       <c r="M96">
         <v>10303148000</v>
       </c>
       <c r="N96">
         <v>10303147203.31</v>
       </c>
       <c r="Q96">
         <v>10303147928.44</v>
       </c>
       <c r="R96">
         <v>10303147928.44</v>
       </c>
       <c r="S96" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="T96" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="U96" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="97" spans="1:22">
       <c r="A97" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B97">
         <v>60347422</v>
       </c>
       <c r="C97" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D97" t="s">
         <v>25</v>
       </c>
       <c r="E97" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="F97" t="s">
         <v>27</v>
       </c>
       <c r="G97" t="s">
         <v>28</v>
       </c>
       <c r="H97" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I97" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="J97" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="K97" t="s">
         <v>32</v>
       </c>
       <c r="L97" t="s">
         <v>33</v>
       </c>
       <c r="M97">
         <v>23339423000</v>
       </c>
       <c r="N97">
         <v>23339422999.99</v>
       </c>
       <c r="O97">
         <v>23339422999.99</v>
       </c>
       <c r="T97" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="U97" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="98" spans="1:22">
       <c r="A98" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B98">
         <v>60758169</v>
       </c>
       <c r="C98" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D98" t="s">
         <v>25</v>
       </c>
       <c r="E98" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F98" t="s">
         <v>27</v>
       </c>
       <c r="G98" t="s">
         <v>101</v>
       </c>
       <c r="H98" t="s">
         <v>162</v>
       </c>
       <c r="I98" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="J98" t="s">
         <v>164</v>
       </c>
       <c r="K98" t="s">
         <v>32</v>
       </c>
       <c r="L98" t="s">
         <v>51</v>
       </c>
       <c r="M98">
         <v>99176000000</v>
       </c>
       <c r="N98">
         <v>99176000000</v>
       </c>
       <c r="O98">
         <v>99176000000</v>
       </c>
       <c r="Q98">
         <v>99176000000</v>
       </c>
       <c r="R98">
         <v>99176000000</v>
       </c>
       <c r="S98" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="T98" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="U98" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="99" spans="1:22">
       <c r="A99" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="B99">
         <v>60304728</v>
       </c>
       <c r="C99" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D99" t="s">
         <v>25</v>
       </c>
       <c r="E99" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="F99" t="s">
         <v>27</v>
       </c>
       <c r="G99" t="s">
         <v>28</v>
       </c>
       <c r="H99" t="s">
         <v>147</v>
       </c>
       <c r="I99" t="s">
         <v>148</v>
       </c>
       <c r="J99" t="s">
         <v>149</v>
       </c>
       <c r="K99" t="s">
         <v>32</v>
       </c>
       <c r="L99" t="s">
         <v>51</v>
       </c>
       <c r="M99">
         <v>22106028000</v>
       </c>
       <c r="N99">
         <v>22106028000</v>
       </c>
       <c r="O99">
         <v>22106028000</v>
       </c>
       <c r="Q99">
         <v>22106028000</v>
       </c>
       <c r="R99">
         <v>22106028000</v>
       </c>
       <c r="S99" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="T99" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="U99" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="100" spans="1:22">
       <c r="A100" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B100">
         <v>60210640</v>
       </c>
       <c r="C100" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D100" t="s">
         <v>25</v>
       </c>
       <c r="E100" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F100" t="s">
         <v>27</v>
       </c>
       <c r="G100" t="s">
         <v>28</v>
       </c>
       <c r="H100" t="s">
         <v>154</v>
       </c>
       <c r="I100" t="s">
         <v>155</v>
       </c>
       <c r="J100" t="s">
         <v>156</v>
       </c>
       <c r="K100" t="s">
         <v>32</v>
       </c>
       <c r="L100" t="s">
         <v>51</v>
       </c>
       <c r="M100">
         <v>26037202000</v>
       </c>
       <c r="N100">
         <v>26036377591</v>
       </c>
       <c r="O100">
         <v>26037202000</v>
       </c>
       <c r="T100" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="U100" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="101" spans="1:22">
       <c r="A101" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B101">
         <v>60536487</v>
       </c>
       <c r="C101" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D101" t="s">
         <v>25</v>
       </c>
       <c r="E101" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="F101" t="s">
         <v>27</v>
       </c>
       <c r="G101" t="s">
         <v>28</v>
       </c>
       <c r="H101" t="s">
         <v>162</v>
       </c>
       <c r="I101" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="J101" t="s">
         <v>164</v>
       </c>
       <c r="K101" t="s">
         <v>32</v>
       </c>
       <c r="L101" t="s">
         <v>51</v>
       </c>
       <c r="M101">
         <v>32508211000</v>
       </c>
       <c r="N101">
         <v>32508211000</v>
       </c>
       <c r="O101">
         <v>32508211000</v>
       </c>
       <c r="Q101">
         <v>32508211000</v>
       </c>
       <c r="R101">
         <v>32508211000</v>
       </c>
       <c r="S101" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="T101" t="s">
         <v>59</v>
       </c>
       <c r="U101" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="102" spans="1:22">
       <c r="A102" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="B102">
         <v>60304730</v>
       </c>
       <c r="C102" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D102" t="s">
         <v>25</v>
       </c>
       <c r="E102" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="F102" t="s">
         <v>27</v>
       </c>
       <c r="G102" t="s">
         <v>28</v>
       </c>
       <c r="H102" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I102" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="J102" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="K102" t="s">
         <v>32</v>
       </c>
       <c r="L102" t="s">
         <v>51</v>
       </c>
       <c r="M102">
         <v>52036429000</v>
       </c>
       <c r="O102">
         <v>52036428980.62</v>
       </c>
       <c r="T102" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="U102" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="103" spans="1:22">
       <c r="A103" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B103">
         <v>60304731</v>
       </c>
       <c r="C103" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D103" t="s">
         <v>25</v>
       </c>
       <c r="E103" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="F103" t="s">
         <v>27</v>
       </c>
       <c r="G103" t="s">
         <v>28</v>
       </c>
       <c r="H103" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I103" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="J103" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="K103" t="s">
         <v>32</v>
       </c>
       <c r="L103" t="s">
         <v>51</v>
       </c>
       <c r="M103">
         <v>36934138000</v>
       </c>
       <c r="N103">
         <v>36934138000</v>
       </c>
       <c r="O103">
         <v>36934137976.78</v>
       </c>
       <c r="T103" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="U103" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="104" spans="1:22">
       <c r="A104" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B104">
         <v>60304706</v>
       </c>
       <c r="C104" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D104" t="s">
         <v>25</v>
       </c>
       <c r="E104" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="F104" t="s">
         <v>27</v>
       </c>
       <c r="G104" t="s">
         <v>28</v>
       </c>
       <c r="H104" t="s">
         <v>139</v>
       </c>
       <c r="I104" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="J104" t="s">
         <v>141</v>
       </c>
       <c r="K104" t="s">
         <v>32</v>
       </c>
       <c r="L104" t="s">
         <v>51</v>
       </c>
       <c r="M104">
         <v>15647546600</v>
       </c>
       <c r="N104">
         <v>15647546000</v>
       </c>
       <c r="O104">
         <v>15647546000</v>
       </c>
       <c r="Q104">
         <v>15647546000</v>
       </c>
       <c r="R104">
         <v>15647546000</v>
       </c>
       <c r="S104" t="s">
         <v>142</v>
       </c>
       <c r="T104" t="s">
-        <v>575</v>
+        <v>592</v>
       </c>
       <c r="U104" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="105" spans="1:22">
       <c r="A105" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="B105">
         <v>60495160</v>
       </c>
       <c r="C105" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="D105" t="s">
         <v>25</v>
       </c>
       <c r="E105" t="s">
         <v>274</v>
       </c>
       <c r="F105" t="s">
         <v>27</v>
       </c>
       <c r="G105" t="s">
         <v>28</v>
       </c>
       <c r="H105" t="s">
         <v>275</v>
       </c>
       <c r="I105" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="J105" t="s">
         <v>277</v>
       </c>
       <c r="K105" t="s">
         <v>32</v>
       </c>
       <c r="L105" t="s">
         <v>51</v>
       </c>
       <c r="M105">
         <v>24581600000</v>
       </c>
       <c r="N105">
         <v>24577309741.86</v>
       </c>
       <c r="O105">
         <v>24577309741.86</v>
       </c>
       <c r="Q105">
         <v>24577309741.9</v>
       </c>
       <c r="R105">
         <v>24577309741.9</v>
       </c>
       <c r="S105" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="T105" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="U105" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="106" spans="1:22">
       <c r="A106" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="B106">
         <v>60347425</v>
       </c>
       <c r="C106" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="D106" t="s">
         <v>25</v>
       </c>
       <c r="E106" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="F106" t="s">
         <v>27</v>
       </c>
       <c r="G106" t="s">
         <v>28</v>
       </c>
       <c r="H106" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I106" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="J106" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="K106" t="s">
         <v>32</v>
       </c>
       <c r="L106" t="s">
         <v>51</v>
       </c>
       <c r="M106">
         <v>29136198000</v>
       </c>
       <c r="N106">
         <v>29136182671.74</v>
       </c>
       <c r="O106">
         <v>29136182671.74</v>
       </c>
       <c r="Q106">
         <v>29136182672.88</v>
       </c>
       <c r="R106">
         <v>29136182672.88</v>
       </c>
       <c r="S106" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="T106" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="U106" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="107" spans="1:22">
       <c r="A107" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="B107">
         <v>60233155</v>
       </c>
       <c r="C107" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D107" t="s">
         <v>25</v>
       </c>
       <c r="E107" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="F107" t="s">
         <v>27</v>
       </c>
       <c r="G107" t="s">
         <v>28</v>
       </c>
       <c r="H107" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I107" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="J107" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="K107" t="s">
         <v>32</v>
       </c>
       <c r="L107" t="s">
         <v>51</v>
       </c>
       <c r="M107">
         <v>49098429000</v>
       </c>
       <c r="N107">
         <v>47098419891.59</v>
       </c>
       <c r="O107">
         <v>47098419892.7</v>
       </c>
       <c r="Q107">
         <v>47098419892.71</v>
       </c>
       <c r="R107">
         <v>47098419892.71</v>
       </c>
       <c r="S107" t="s">
         <v>52</v>
       </c>
       <c r="T107" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="U107" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="108" spans="1:22">
       <c r="A108" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B108">
-        <v>60322111</v>
+        <v>63673602</v>
       </c>
       <c r="C108" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D108" t="s">
         <v>25</v>
       </c>
       <c r="E108" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="F108" t="s">
         <v>27</v>
       </c>
       <c r="G108" t="s">
         <v>28</v>
       </c>
       <c r="H108" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="I108" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="J108" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="K108" t="s">
         <v>32</v>
       </c>
       <c r="L108" t="s">
-        <v>51</v>
+        <v>613</v>
       </c>
       <c r="M108">
         <v>62182187000</v>
       </c>
       <c r="N108">
         <v>62182186000</v>
       </c>
       <c r="O108">
         <v>62182186000</v>
       </c>
       <c r="T108" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="U108" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="109" spans="1:22">
       <c r="A109" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="B109">
         <v>60304709</v>
       </c>
       <c r="C109" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="D109" t="s">
         <v>25</v>
       </c>
       <c r="E109" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="F109" t="s">
         <v>27</v>
       </c>
       <c r="G109" t="s">
         <v>28</v>
       </c>
       <c r="H109" t="s">
         <v>139</v>
       </c>
       <c r="I109" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="J109" t="s">
         <v>141</v>
       </c>
       <c r="K109" t="s">
         <v>32</v>
       </c>
       <c r="L109" t="s">
         <v>33</v>
       </c>
       <c r="M109">
         <v>6950690000</v>
       </c>
       <c r="N109">
         <v>6950690000</v>
       </c>
       <c r="Q109">
         <v>6950690000</v>
       </c>
       <c r="R109">
         <v>6950690000</v>
       </c>
       <c r="S109" t="s">
         <v>142</v>
       </c>
       <c r="T109" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="U109" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="110" spans="1:22">
       <c r="A110" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="B110">
         <v>60871056</v>
       </c>
       <c r="C110" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="D110" t="s">
         <v>25</v>
       </c>
       <c r="E110" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="F110" t="s">
         <v>27</v>
       </c>
       <c r="G110" t="s">
         <v>101</v>
       </c>
       <c r="H110" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I110" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="J110" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K110" t="s">
         <v>32</v>
       </c>
       <c r="L110" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="M110">
         <v>159000000000</v>
       </c>
       <c r="N110">
         <v>158999999295.46</v>
       </c>
       <c r="O110">
         <v>158999999295.46</v>
       </c>
       <c r="P110">
         <v>158999999295.46</v>
       </c>
       <c r="T110" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="U110" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="111" spans="1:22">
       <c r="A111" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="B111">
         <v>60304706</v>
       </c>
       <c r="C111" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="D111" t="s">
         <v>25</v>
       </c>
       <c r="E111" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="F111" t="s">
         <v>27</v>
       </c>
       <c r="G111" t="s">
         <v>28</v>
       </c>
       <c r="H111" t="s">
         <v>139</v>
       </c>
       <c r="I111" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="J111" t="s">
         <v>141</v>
       </c>
       <c r="K111" t="s">
         <v>32</v>
       </c>
       <c r="L111" t="s">
         <v>51</v>
       </c>
       <c r="M111">
         <v>16439887000</v>
       </c>
       <c r="N111">
         <v>16439887000</v>
       </c>
       <c r="O111">
         <v>16439887000</v>
       </c>
       <c r="Q111">
         <v>16439887000</v>
       </c>
       <c r="R111">
         <v>16439887000</v>
       </c>
       <c r="S111" t="s">
         <v>142</v>
       </c>
       <c r="T111" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="U111" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="112" spans="1:22">
       <c r="A112" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="B112">
         <v>60304732</v>
       </c>
       <c r="C112" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="D112" t="s">
         <v>25</v>
       </c>
       <c r="E112" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="F112" t="s">
         <v>27</v>
       </c>
       <c r="G112" t="s">
         <v>28</v>
       </c>
       <c r="H112" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I112" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="J112" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="K112" t="s">
         <v>32</v>
       </c>
       <c r="L112" t="s">
         <v>51</v>
       </c>
       <c r="M112">
         <v>17185064000</v>
       </c>
       <c r="N112">
         <v>17185063885.23</v>
       </c>
       <c r="O112">
         <v>17185063999.31</v>
       </c>
       <c r="Q112">
         <v>17185063999.36</v>
       </c>
       <c r="R112">
         <v>17185063999.36</v>
       </c>
       <c r="S112" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="T112" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="U112" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="113" spans="1:22">
       <c r="A113" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B113">
         <v>60241422</v>
       </c>
       <c r="C113" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="D113" t="s">
         <v>25</v>
       </c>
       <c r="E113" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="F113" t="s">
         <v>27</v>
       </c>
       <c r="G113" t="s">
         <v>28</v>
       </c>
       <c r="H113" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="I113" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="J113" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="K113" t="s">
         <v>32</v>
       </c>
       <c r="L113" t="s">
         <v>51</v>
       </c>
       <c r="M113">
         <v>14218331000</v>
       </c>
       <c r="N113">
         <v>14218331000</v>
       </c>
       <c r="Q113">
         <v>14218331000</v>
       </c>
       <c r="R113">
         <v>14218331000</v>
       </c>
       <c r="S113" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="T113" t="s">
         <v>69</v>
       </c>
       <c r="U113" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="114" spans="1:22">
       <c r="A114" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="B114">
         <v>60304708</v>
       </c>
       <c r="C114" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="D114" t="s">
         <v>25</v>
       </c>
       <c r="E114" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="F114" t="s">
         <v>27</v>
       </c>
       <c r="G114" t="s">
         <v>28</v>
       </c>
       <c r="H114" t="s">
         <v>139</v>
       </c>
       <c r="I114" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="J114" t="s">
         <v>141</v>
       </c>
       <c r="K114" t="s">
         <v>32</v>
       </c>
       <c r="L114" t="s">
         <v>51</v>
       </c>
       <c r="M114">
         <v>15089811000</v>
       </c>
       <c r="N114">
         <v>15089811000</v>
       </c>
       <c r="O114">
         <v>15089811000</v>
       </c>
       <c r="Q114">
         <v>15089811000</v>
       </c>
       <c r="R114">
         <v>15089811000</v>
       </c>
       <c r="S114" t="s">
         <v>142</v>
       </c>
       <c r="T114" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="U114" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="115" spans="1:22">
       <c r="A115" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="B115">
         <v>60304717</v>
       </c>
       <c r="C115" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="D115" t="s">
         <v>25</v>
       </c>
       <c r="E115" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="F115" t="s">
         <v>27</v>
       </c>
       <c r="G115" t="s">
         <v>28</v>
       </c>
       <c r="H115" t="s">
         <v>147</v>
       </c>
       <c r="I115" t="s">
         <v>148</v>
       </c>
       <c r="J115" t="s">
         <v>149</v>
       </c>
       <c r="K115" t="s">
         <v>32</v>
       </c>
       <c r="L115" t="s">
         <v>51</v>
       </c>
       <c r="M115">
         <v>24652525000</v>
       </c>
       <c r="N115">
         <v>24652525000</v>
       </c>
       <c r="O115">
         <v>24652525000</v>
       </c>
       <c r="Q115">
         <v>24652525000</v>
       </c>
       <c r="R115">
         <v>24652525000</v>
       </c>
       <c r="S115" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="T115" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="U115" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="116" spans="1:22">
       <c r="A116" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="B116">
         <v>60304726</v>
       </c>
       <c r="C116" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="D116" t="s">
         <v>25</v>
       </c>
       <c r="E116" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="F116" t="s">
         <v>27</v>
       </c>
       <c r="G116" t="s">
         <v>28</v>
       </c>
       <c r="H116" t="s">
         <v>147</v>
       </c>
       <c r="I116" t="s">
         <v>148</v>
       </c>
       <c r="J116" t="s">
         <v>149</v>
       </c>
       <c r="K116" t="s">
         <v>32</v>
       </c>
       <c r="L116" t="s">
         <v>51</v>
       </c>
       <c r="M116">
         <v>23950100000</v>
       </c>
       <c r="N116">
         <v>23950100000</v>
       </c>
       <c r="O116">
         <v>23950100000</v>
       </c>
       <c r="Q116">
         <v>23950100000</v>
       </c>
       <c r="R116">
         <v>23950100000</v>
       </c>
       <c r="S116" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="T116" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="U116" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="117" spans="1:22">
       <c r="A117" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="B117">
         <v>60363236</v>
       </c>
       <c r="C117" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="D117" t="s">
         <v>25</v>
       </c>
       <c r="E117" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="F117" t="s">
         <v>27</v>
       </c>
       <c r="G117" t="s">
         <v>28</v>
       </c>
       <c r="H117" t="s">
         <v>234</v>
       </c>
       <c r="I117" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="J117" t="s">
         <v>236</v>
       </c>
       <c r="K117" t="s">
         <v>32</v>
       </c>
       <c r="L117" t="s">
         <v>33</v>
       </c>
       <c r="M117">
         <v>20195859468</v>
       </c>
       <c r="N117">
         <v>20195859001.52</v>
       </c>
       <c r="O117">
         <v>20195859001.52</v>
       </c>
       <c r="Q117">
         <v>20195859352.01</v>
       </c>
       <c r="R117">
         <v>20195859352.01</v>
       </c>
       <c r="S117" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="T117" t="s">
         <v>247</v>
       </c>
       <c r="U117" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="118" spans="1:22">
       <c r="A118" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="B118">
         <v>60304724</v>
       </c>
       <c r="C118" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="D118" t="s">
         <v>25</v>
       </c>
       <c r="E118" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="F118" t="s">
         <v>27</v>
       </c>
       <c r="G118" t="s">
         <v>28</v>
       </c>
       <c r="H118" t="s">
         <v>147</v>
       </c>
       <c r="I118" t="s">
         <v>148</v>
       </c>
       <c r="J118" t="s">
         <v>149</v>
       </c>
       <c r="K118" t="s">
         <v>32</v>
       </c>
       <c r="L118" t="s">
         <v>51</v>
       </c>
       <c r="M118">
         <v>38511968000</v>
       </c>
       <c r="N118">
         <v>38511968000</v>
       </c>
       <c r="O118">
         <v>38511968000</v>
       </c>
       <c r="Q118">
         <v>38511968000</v>
       </c>
       <c r="R118">
         <v>38511968000</v>
       </c>
       <c r="S118" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="T118" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="U118" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="119" spans="1:22">
       <c r="A119" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="B119">
         <v>60363235</v>
       </c>
       <c r="C119" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="D119" t="s">
         <v>25</v>
       </c>
       <c r="E119" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="F119" t="s">
         <v>27</v>
       </c>
       <c r="G119" t="s">
         <v>101</v>
       </c>
       <c r="H119" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="I119" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="J119" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="K119" t="s">
         <v>32</v>
       </c>
       <c r="L119" t="s">
         <v>51</v>
       </c>
       <c r="M119">
         <v>55166377000</v>
       </c>
       <c r="N119">
         <v>55166376999.65</v>
       </c>
       <c r="O119">
         <v>55166376999.98</v>
       </c>
       <c r="Q119">
         <v>55166377000</v>
       </c>
       <c r="R119">
         <v>55166377000</v>
       </c>
       <c r="S119" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="T119" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="U119" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="120" spans="1:22">
       <c r="A120" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="B120">
         <v>60347423</v>
       </c>
       <c r="C120" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="D120" t="s">
         <v>25</v>
       </c>
       <c r="E120" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="F120" t="s">
         <v>27</v>
       </c>
       <c r="G120" t="s">
         <v>28</v>
       </c>
       <c r="H120" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I120" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="J120" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="K120" t="s">
         <v>32</v>
       </c>
       <c r="L120" t="s">
         <v>51</v>
       </c>
       <c r="M120">
         <v>44786000000</v>
       </c>
       <c r="N120">
         <v>44785999999.99</v>
       </c>
       <c r="O120">
         <v>44785999999.99</v>
       </c>
       <c r="Q120">
         <v>44785983114.77</v>
       </c>
       <c r="R120">
         <v>44785983114.77</v>
       </c>
       <c r="S120" t="s">
         <v>109</v>
       </c>
       <c r="T120" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="U120" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="121" spans="1:22">
       <c r="A121" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="B121">
         <v>60347424</v>
       </c>
       <c r="C121" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="D121" t="s">
         <v>25</v>
       </c>
       <c r="E121" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="F121" t="s">
         <v>27</v>
       </c>
       <c r="G121" t="s">
         <v>28</v>
       </c>
       <c r="H121" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I121" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="J121" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="K121" t="s">
         <v>32</v>
       </c>
       <c r="L121" t="s">
         <v>51</v>
       </c>
       <c r="M121">
         <v>16615261000</v>
       </c>
       <c r="N121">
         <v>16615261000</v>
       </c>
       <c r="O121">
         <v>16615261000</v>
       </c>
       <c r="Q121">
         <v>16615261000.01</v>
       </c>
       <c r="R121">
         <v>16615261000.01</v>
       </c>
       <c r="S121" t="s">
         <v>109</v>
       </c>
       <c r="T121" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="U121" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="122" spans="1:22">
       <c r="A122" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="B122">
         <v>60304727</v>
       </c>
       <c r="C122" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="D122" t="s">
         <v>25</v>
       </c>
       <c r="E122" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="F122" t="s">
         <v>27</v>
       </c>
       <c r="G122" t="s">
         <v>28</v>
       </c>
       <c r="H122" t="s">
         <v>147</v>
       </c>
       <c r="I122" t="s">
         <v>148</v>
       </c>
       <c r="J122" t="s">
         <v>149</v>
       </c>
       <c r="K122" t="s">
         <v>32</v>
       </c>
       <c r="L122" t="s">
         <v>51</v>
       </c>
       <c r="M122">
         <v>22869988000</v>
       </c>
       <c r="N122">
         <v>22869988000</v>
       </c>
       <c r="O122">
         <v>22869988000</v>
       </c>
       <c r="Q122">
         <v>22869988000</v>
       </c>
       <c r="R122">
         <v>22869988000</v>
       </c>
       <c r="S122" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="T122" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="U122" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="123" spans="1:22">
       <c r="A123" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="B123">
         <v>60304743</v>
       </c>
       <c r="C123" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="D123" t="s">
         <v>25</v>
       </c>
       <c r="E123" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="F123" t="s">
         <v>27</v>
       </c>
       <c r="G123" t="s">
         <v>28</v>
       </c>
       <c r="H123" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I123" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="J123" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K123" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="L123" t="s">
         <v>51</v>
       </c>
       <c r="M123">
         <v>27918444000</v>
       </c>
       <c r="N123">
         <v>27918444000</v>
       </c>
       <c r="O123">
         <v>27918444000</v>
       </c>
       <c r="Q123">
         <v>27918444000</v>
       </c>
       <c r="R123">
         <v>27918444000</v>
       </c>
       <c r="S123" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="T123" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="U123" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="124" spans="1:22">
       <c r="A124" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="B124">
         <v>60304744</v>
       </c>
       <c r="C124" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="D124" t="s">
         <v>25</v>
       </c>
       <c r="E124" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="F124" t="s">
         <v>27</v>
       </c>
       <c r="G124" t="s">
         <v>28</v>
       </c>
       <c r="H124" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I124" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="J124" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K124" t="s">
         <v>32</v>
       </c>
       <c r="L124" t="s">
         <v>51</v>
       </c>
       <c r="M124">
         <v>36634754000</v>
       </c>
       <c r="N124">
         <v>32697005000</v>
       </c>
       <c r="O124">
         <v>32697005000</v>
       </c>
       <c r="Q124">
         <v>32697005000</v>
       </c>
       <c r="R124">
         <v>32697005000</v>
       </c>
       <c r="S124" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="T124" t="s">
         <v>247</v>
       </c>
       <c r="U124" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="125" spans="1:22">
       <c r="A125" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="B125">
         <v>60304741</v>
       </c>
       <c r="C125" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="D125" t="s">
         <v>25</v>
       </c>
       <c r="E125" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="F125" t="s">
         <v>27</v>
       </c>
       <c r="G125" t="s">
         <v>28</v>
       </c>
       <c r="H125" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I125" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="J125" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K125" t="s">
         <v>32</v>
       </c>
       <c r="L125" t="s">
         <v>51</v>
       </c>
       <c r="M125">
         <v>36530992000</v>
       </c>
       <c r="N125">
         <v>36530912745.3</v>
       </c>
       <c r="O125">
         <v>36530912745.3</v>
       </c>
       <c r="Q125">
         <v>36530912745.3</v>
       </c>
       <c r="R125">
         <v>36530912745.3</v>
       </c>
       <c r="S125" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="T125" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="U125" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="126" spans="1:22">
       <c r="A126" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="B126">
         <v>60304742</v>
       </c>
       <c r="C126" t="s">
+        <v>688</v>
+      </c>
+      <c r="D126" t="s">
+        <v>25</v>
+      </c>
+      <c r="E126" t="s">
+        <v>689</v>
+      </c>
+      <c r="F126" t="s">
+        <v>27</v>
+      </c>
+      <c r="G126" t="s">
+        <v>28</v>
+      </c>
+      <c r="H126" t="s">
+        <v>436</v>
+      </c>
+      <c r="I126" t="s">
         <v>684</v>
       </c>
-      <c r="D126" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J126" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K126" t="s">
         <v>32</v>
       </c>
       <c r="L126" t="s">
         <v>51</v>
       </c>
       <c r="M126">
         <v>27151350000</v>
       </c>
       <c r="N126">
         <v>27151348220.73</v>
       </c>
       <c r="O126">
         <v>27151348220.73</v>
       </c>
       <c r="Q126">
         <v>27151348220.77</v>
       </c>
       <c r="R126">
         <v>27151348220.77</v>
       </c>
       <c r="S126" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="T126" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="U126" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="127" spans="1:22">
       <c r="A127" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="B127">
         <v>60210641</v>
       </c>
       <c r="C127" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="D127" t="s">
         <v>25</v>
       </c>
       <c r="E127" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="F127" t="s">
         <v>27</v>
       </c>
       <c r="G127" t="s">
         <v>28</v>
       </c>
       <c r="H127" t="s">
         <v>154</v>
       </c>
       <c r="I127" t="s">
         <v>155</v>
       </c>
       <c r="J127" t="s">
         <v>156</v>
       </c>
       <c r="K127" t="s">
         <v>32</v>
       </c>
       <c r="L127" t="s">
         <v>51</v>
       </c>
       <c r="M127">
         <v>18021222000</v>
       </c>
       <c r="N127">
         <v>16719536547.96</v>
       </c>
       <c r="O127">
         <v>18021221999.93</v>
       </c>
       <c r="T127" t="s">
-        <v>408</v>
+        <v>695</v>
       </c>
       <c r="U127" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="128" spans="1:22">
       <c r="A128" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="B128">
         <v>60534256</v>
       </c>
       <c r="C128" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="D128" t="s">
         <v>25</v>
       </c>
       <c r="E128" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="F128" t="s">
         <v>27</v>
       </c>
       <c r="G128" t="s">
         <v>28</v>
       </c>
       <c r="H128" t="s">
         <v>234</v>
       </c>
       <c r="I128" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="J128" t="s">
         <v>89</v>
       </c>
       <c r="K128" t="s">
         <v>32</v>
       </c>
       <c r="L128" t="s">
         <v>51</v>
       </c>
       <c r="M128">
         <v>498338373000</v>
       </c>
       <c r="N128">
         <v>498338372999.49</v>
       </c>
       <c r="O128">
         <v>498338372999.49</v>
       </c>
       <c r="P128">
         <v>498338372999.49</v>
       </c>
       <c r="T128" t="s">
-        <v>695</v>
+        <v>324</v>
       </c>
       <c r="U128" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="129" spans="1:22">
       <c r="A129" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="B129">
         <v>60210642</v>
       </c>
       <c r="C129" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="D129" t="s">
         <v>25</v>
       </c>
       <c r="E129" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="F129" t="s">
         <v>27</v>
       </c>
       <c r="G129" t="s">
         <v>28</v>
       </c>
       <c r="H129" t="s">
         <v>154</v>
       </c>
       <c r="I129" t="s">
         <v>155</v>
       </c>
       <c r="J129" t="s">
         <v>156</v>
       </c>
       <c r="K129" t="s">
         <v>32</v>
       </c>
       <c r="L129" t="s">
         <v>51</v>
       </c>
       <c r="M129">
         <v>15033508000</v>
       </c>
       <c r="N129">
         <v>15033508000</v>
       </c>
       <c r="O129">
         <v>15033507999.97</v>
       </c>
       <c r="T129" t="s">
-        <v>695</v>
+        <v>324</v>
       </c>
       <c r="U129" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="130" spans="1:22">
       <c r="A130" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="B130">
         <v>60318222</v>
       </c>
       <c r="C130" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="D130" t="s">
         <v>25</v>
       </c>
       <c r="E130" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="F130" t="s">
         <v>27</v>
       </c>
       <c r="G130" t="s">
         <v>28</v>
       </c>
       <c r="H130" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I130" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="J130" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="K130" t="s">
         <v>32</v>
       </c>
       <c r="L130" t="s">
         <v>51</v>
       </c>
       <c r="M130">
         <v>15163717000</v>
       </c>
       <c r="N130">
         <v>15163716522.53</v>
       </c>
       <c r="O130">
         <v>15163716981.46</v>
       </c>
       <c r="Q130">
         <v>15163716981.46</v>
       </c>
       <c r="R130">
         <v>15163716981.46</v>
       </c>
       <c r="S130" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="T130" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="U130" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="131" spans="1:22">
       <c r="A131" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="B131">
         <v>60541748</v>
       </c>
       <c r="C131" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="D131" t="s">
         <v>25</v>
       </c>
       <c r="E131" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="F131" t="s">
         <v>27</v>
       </c>
       <c r="G131" t="s">
         <v>28</v>
       </c>
       <c r="H131" t="s">
         <v>154</v>
       </c>
       <c r="I131" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="J131" t="s">
         <v>89</v>
       </c>
       <c r="K131" t="s">
         <v>32</v>
       </c>
       <c r="L131" t="s">
         <v>51</v>
       </c>
       <c r="M131">
         <v>1235383867000</v>
       </c>
       <c r="N131">
         <v>1235383867000</v>
       </c>
       <c r="O131">
         <v>1234963802228.2</v>
       </c>
       <c r="P131">
         <v>1234963802228.2</v>
       </c>
       <c r="T131" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="U131" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="132" spans="1:22">
       <c r="A132" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="B132">
         <v>60541749</v>
       </c>
       <c r="C132" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="D132" t="s">
         <v>25</v>
       </c>
       <c r="E132" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="F132" t="s">
         <v>27</v>
       </c>
       <c r="G132" t="s">
         <v>28</v>
       </c>
       <c r="H132" t="s">
         <v>154</v>
       </c>
       <c r="I132" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="J132" t="s">
         <v>89</v>
       </c>
       <c r="K132" t="s">
         <v>32</v>
       </c>
       <c r="L132" t="s">
         <v>51</v>
       </c>
       <c r="M132">
         <v>996435450000</v>
       </c>
       <c r="N132">
         <v>996435449999.99</v>
       </c>
       <c r="O132">
         <v>996435449999.99</v>
       </c>
       <c r="P132">
         <v>996435449999.99</v>
       </c>
       <c r="T132" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="U132" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="133" spans="1:22">
       <c r="A133" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="B133">
         <v>60304759</v>
       </c>
       <c r="C133" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="D133" t="s">
         <v>25</v>
       </c>
       <c r="E133" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="F133" t="s">
         <v>27</v>
       </c>
       <c r="G133" t="s">
         <v>28</v>
       </c>
       <c r="H133" t="s">
         <v>125</v>
       </c>
       <c r="I133" t="s">
         <v>126</v>
       </c>
       <c r="J133" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="K133" t="s">
         <v>32</v>
       </c>
       <c r="L133" t="s">
         <v>51</v>
       </c>
       <c r="M133">
         <v>15917370000</v>
       </c>
       <c r="N133">
         <v>15916855374.42</v>
       </c>
       <c r="O133">
         <v>15916855374.42</v>
       </c>
       <c r="Q133">
         <v>15916855374.42</v>
       </c>
       <c r="R133">
         <v>15916855374.42</v>
       </c>
       <c r="S133" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="T133" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="U133" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="134" spans="1:22">
       <c r="A134" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B134">
         <v>60318223</v>
       </c>
       <c r="C134" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="D134" t="s">
         <v>25</v>
       </c>
       <c r="E134" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="F134" t="s">
         <v>27</v>
       </c>
       <c r="G134" t="s">
         <v>28</v>
       </c>
       <c r="H134" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I134" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="J134" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="K134" t="s">
         <v>32</v>
       </c>
       <c r="L134" t="s">
         <v>51</v>
       </c>
       <c r="M134">
         <v>17297122000</v>
       </c>
       <c r="N134">
         <v>17297121839.77</v>
       </c>
       <c r="O134">
         <v>17297121839.77</v>
       </c>
       <c r="Q134">
         <v>17297121839.87</v>
       </c>
       <c r="R134">
         <v>17297121839.87</v>
       </c>
       <c r="S134" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="T134" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="U134" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="135" spans="1:22">
       <c r="A135" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="B135">
         <v>60210643</v>
       </c>
       <c r="C135" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="D135" t="s">
         <v>25</v>
       </c>
       <c r="E135" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="F135" t="s">
         <v>27</v>
       </c>
       <c r="G135" t="s">
         <v>28</v>
       </c>
       <c r="H135" t="s">
         <v>154</v>
       </c>
       <c r="I135" t="s">
         <v>155</v>
       </c>
       <c r="J135" t="s">
         <v>156</v>
       </c>
       <c r="K135" t="s">
         <v>32</v>
       </c>
       <c r="L135" t="s">
         <v>51</v>
       </c>
       <c r="M135">
         <v>20707440000</v>
       </c>
       <c r="N135">
         <v>20707440000</v>
       </c>
       <c r="O135">
         <v>20707440000</v>
       </c>
       <c r="T135" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="U135" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="136" spans="1:22">
       <c r="A136" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="B136">
         <v>60210644</v>
       </c>
       <c r="C136" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="D136" t="s">
         <v>25</v>
       </c>
       <c r="E136" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="F136" t="s">
         <v>27</v>
       </c>
       <c r="G136" t="s">
         <v>28</v>
       </c>
       <c r="H136" t="s">
         <v>154</v>
       </c>
       <c r="I136" t="s">
         <v>155</v>
       </c>
       <c r="J136" t="s">
         <v>156</v>
       </c>
       <c r="K136" t="s">
         <v>32</v>
       </c>
       <c r="L136" t="s">
         <v>51</v>
       </c>
       <c r="M136">
         <v>16016054000</v>
       </c>
       <c r="N136">
         <v>16016054000</v>
       </c>
       <c r="O136">
         <v>16016054000</v>
       </c>
       <c r="T136" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="U136" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="137" spans="1:22">
       <c r="A137" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="B137">
         <v>60233156</v>
       </c>
       <c r="C137" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="D137" t="s">
         <v>25</v>
       </c>
       <c r="E137" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="F137" t="s">
         <v>27</v>
       </c>
       <c r="G137" t="s">
         <v>28</v>
       </c>
       <c r="H137" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I137" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="J137" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="K137" t="s">
         <v>32</v>
       </c>
       <c r="L137" t="s">
         <v>51</v>
       </c>
       <c r="M137">
         <v>53419988000</v>
       </c>
       <c r="N137">
         <v>53419987388.03</v>
       </c>
       <c r="O137">
         <v>53419987388.03</v>
       </c>
       <c r="Q137">
         <v>53419987388.01</v>
       </c>
       <c r="R137">
         <v>53419987388.01</v>
       </c>
       <c r="S137" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="T137" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="U137" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="138" spans="1:22">
       <c r="A138" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="B138">
         <v>60495162</v>
       </c>
       <c r="C138" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="D138" t="s">
         <v>25</v>
       </c>
       <c r="E138" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="F138" t="s">
         <v>27</v>
       </c>
       <c r="G138" t="s">
         <v>28</v>
       </c>
       <c r="H138" t="s">
         <v>275</v>
       </c>
       <c r="I138" t="s">
         <v>276</v>
       </c>
       <c r="J138" t="s">
         <v>277</v>
       </c>
       <c r="K138" t="s">
         <v>32</v>
       </c>
       <c r="L138" t="s">
         <v>51</v>
       </c>
       <c r="M138">
         <v>17216025000</v>
       </c>
       <c r="N138">
         <v>17190175751.89</v>
       </c>
       <c r="O138">
         <v>17190175751.89</v>
       </c>
       <c r="Q138">
         <v>17190175751.99</v>
       </c>
       <c r="R138">
         <v>17190175751.99</v>
       </c>
       <c r="S138" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="T138" t="s">
         <v>75</v>
       </c>
       <c r="U138" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="139" spans="1:22">
       <c r="A139" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="B139">
         <v>60318225</v>
       </c>
       <c r="C139" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="D139" t="s">
         <v>25</v>
       </c>
       <c r="E139" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="F139" t="s">
         <v>27</v>
       </c>
       <c r="G139" t="s">
         <v>28</v>
       </c>
       <c r="H139" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I139" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="J139" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="K139" t="s">
         <v>32</v>
       </c>
       <c r="L139" t="s">
         <v>51</v>
       </c>
       <c r="M139">
         <v>20008662000</v>
       </c>
       <c r="N139">
         <v>20008661952.75</v>
       </c>
       <c r="O139">
         <v>20008661952.75</v>
       </c>
       <c r="T139" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="U139" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="140" spans="1:22">
       <c r="A140" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="B140">
         <v>13212312312</v>
       </c>
       <c r="C140" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="D140" t="s">
         <v>25</v>
       </c>
       <c r="E140" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="F140" t="s">
         <v>27</v>
       </c>
       <c r="G140" t="s">
         <v>28</v>
       </c>
       <c r="H140" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I140" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="J140" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K140" t="s">
         <v>32</v>
       </c>
       <c r="L140" t="s">
         <v>51</v>
       </c>
       <c r="M140">
         <v>1000000000</v>
       </c>
       <c r="T140" t="s">
-        <v>262</v>
+        <v>743</v>
       </c>
       <c r="U140" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="141" spans="1:22">
       <c r="A141" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="B141">
         <v>60210645</v>
       </c>
       <c r="C141" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="D141" t="s">
         <v>25</v>
       </c>
       <c r="E141" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="F141" t="s">
         <v>27</v>
       </c>
       <c r="G141" t="s">
         <v>28</v>
       </c>
       <c r="H141" t="s">
         <v>154</v>
       </c>
       <c r="I141" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="J141" t="s">
         <v>156</v>
       </c>
       <c r="K141" t="s">
         <v>32</v>
       </c>
       <c r="L141" t="s">
         <v>51</v>
       </c>
       <c r="M141">
         <v>16356799000</v>
       </c>
       <c r="N141">
         <v>16356798999.95</v>
       </c>
       <c r="O141">
         <v>16356798999.95</v>
       </c>
       <c r="T141" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="U141" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="142" spans="1:22">
       <c r="A142" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="B142">
         <v>60495161</v>
       </c>
       <c r="C142" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="D142" t="s">
         <v>25</v>
       </c>
       <c r="E142" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="F142" t="s">
         <v>27</v>
       </c>
       <c r="G142" t="s">
         <v>28</v>
       </c>
       <c r="H142" t="s">
         <v>275</v>
       </c>
       <c r="I142" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="J142" t="s">
         <v>277</v>
       </c>
       <c r="K142" t="s">
         <v>32</v>
       </c>
       <c r="L142" t="s">
         <v>51</v>
       </c>
       <c r="M142">
         <v>15027741000</v>
       </c>
       <c r="N142">
         <v>15016789762.77</v>
       </c>
       <c r="O142">
         <v>15016789762.77</v>
       </c>
       <c r="Q142">
         <v>15016789762.82</v>
       </c>
       <c r="R142">
         <v>15016789762.82</v>
       </c>
       <c r="S142" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="T142" t="s">
         <v>247</v>
       </c>
       <c r="U142" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="143" spans="1:22">
       <c r="A143" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="B143">
         <v>60318224</v>
       </c>
       <c r="C143" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="D143" t="s">
         <v>25</v>
       </c>
       <c r="E143" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="F143" t="s">
         <v>27</v>
       </c>
       <c r="G143" t="s">
         <v>28</v>
       </c>
       <c r="H143" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I143" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="J143" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="K143" t="s">
         <v>32</v>
       </c>
       <c r="L143" t="s">
         <v>51</v>
       </c>
       <c r="M143">
         <v>26400795000</v>
       </c>
       <c r="N143">
         <v>26400794996.56</v>
       </c>
       <c r="O143">
         <v>26400794996.56</v>
       </c>
       <c r="Q143">
         <v>26400794996.6</v>
       </c>
       <c r="R143">
         <v>26400794996.6</v>
       </c>
       <c r="S143" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="T143" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="U143" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="144" spans="1:22">
       <c r="A144" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="B144">
         <v>60347426</v>
       </c>
       <c r="C144" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="D144" t="s">
         <v>25</v>
       </c>
       <c r="E144" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="F144" t="s">
         <v>27</v>
       </c>
       <c r="G144" t="s">
         <v>28</v>
       </c>
       <c r="H144" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I144" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="J144" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="K144" t="s">
         <v>32</v>
       </c>
       <c r="L144" t="s">
         <v>51</v>
       </c>
       <c r="M144">
         <v>28597296000</v>
       </c>
       <c r="N144">
         <v>28597295453.67</v>
       </c>
       <c r="O144">
         <v>28597295453.67</v>
       </c>
       <c r="Q144">
         <v>28597295453.68</v>
       </c>
       <c r="R144">
         <v>28597295453.68</v>
       </c>
       <c r="S144" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="T144" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="U144" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="145" spans="1:22">
       <c r="A145" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="B145">
         <v>60528108</v>
       </c>
       <c r="C145" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="D145" t="s">
         <v>25</v>
       </c>
       <c r="E145" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="F145" t="s">
         <v>27</v>
       </c>
       <c r="G145" t="s">
         <v>28</v>
       </c>
       <c r="H145" t="s">
         <v>147</v>
       </c>
       <c r="I145" t="s">
         <v>148</v>
       </c>
       <c r="J145" t="s">
         <v>89</v>
       </c>
       <c r="K145" t="s">
         <v>32</v>
       </c>
       <c r="L145" t="s">
         <v>51</v>
       </c>
       <c r="M145">
         <v>723698873000</v>
       </c>
       <c r="N145">
         <v>723169360000</v>
       </c>
       <c r="O145">
         <v>723169360000</v>
       </c>
       <c r="P145">
         <v>723169360000</v>
       </c>
       <c r="T145" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="U145" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="146" spans="1:22">
       <c r="A146" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="B146">
         <v>60495163</v>
       </c>
       <c r="C146" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="D146" t="s">
         <v>25</v>
       </c>
       <c r="E146" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="F146" t="s">
         <v>27</v>
       </c>
       <c r="G146" t="s">
         <v>28</v>
       </c>
       <c r="H146" t="s">
         <v>275</v>
       </c>
       <c r="I146" t="s">
         <v>276</v>
       </c>
       <c r="J146" t="s">
         <v>277</v>
       </c>
       <c r="K146" t="s">
         <v>32</v>
       </c>
       <c r="L146" t="s">
         <v>51</v>
       </c>
       <c r="M146">
         <v>15100000000</v>
       </c>
       <c r="N146">
         <v>15072663545.41</v>
       </c>
       <c r="O146">
         <v>15072663545.41</v>
       </c>
       <c r="T146" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="U146" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="147" spans="1:22">
       <c r="A147" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="B147">
         <v>60495145</v>
       </c>
       <c r="C147" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="D147" t="s">
         <v>25</v>
       </c>
       <c r="E147" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="F147" t="s">
         <v>27</v>
       </c>
       <c r="G147" t="s">
         <v>28</v>
       </c>
       <c r="H147" t="s">
         <v>275</v>
       </c>
       <c r="I147" t="s">
-        <v>749</v>
+        <v>775</v>
       </c>
       <c r="J147" t="s">
         <v>277</v>
       </c>
       <c r="K147" t="s">
         <v>32</v>
       </c>
       <c r="L147" t="s">
         <v>33</v>
       </c>
       <c r="M147">
         <v>20619188000</v>
       </c>
       <c r="N147">
         <v>20619186366.57</v>
       </c>
       <c r="O147">
         <v>20619186366.57</v>
       </c>
       <c r="Q147">
         <v>20331007457.1</v>
       </c>
       <c r="R147">
         <v>20331007457.1</v>
       </c>
       <c r="S147" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="T147" t="s">
-        <v>770</v>
+        <v>776</v>
       </c>
       <c r="U147" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="148" spans="1:22">
       <c r="A148" t="s">
-        <v>771</v>
+        <v>777</v>
       </c>
       <c r="B148">
         <v>60297399</v>
       </c>
       <c r="C148" t="s">
-        <v>772</v>
+        <v>778</v>
       </c>
       <c r="D148" t="s">
         <v>25</v>
       </c>
       <c r="E148" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="F148" t="s">
         <v>27</v>
       </c>
       <c r="G148" t="s">
         <v>28</v>
       </c>
       <c r="H148" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="I148" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="J148" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="K148" t="s">
         <v>32</v>
       </c>
       <c r="L148" t="s">
         <v>51</v>
       </c>
       <c r="M148">
         <v>16077325000</v>
       </c>
       <c r="N148">
         <v>16067700279.65</v>
       </c>
       <c r="O148">
         <v>16067700279.65</v>
       </c>
       <c r="Q148">
         <v>16067700279.65</v>
       </c>
       <c r="R148">
         <v>16067700279.65</v>
       </c>
       <c r="S148" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="T148" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="U148" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="149" spans="1:22">
       <c r="A149" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="B149">
         <v>60565470</v>
       </c>
       <c r="C149" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="D149" t="s">
         <v>25</v>
       </c>
       <c r="E149" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="F149" t="s">
         <v>27</v>
       </c>
       <c r="G149" t="s">
         <v>28</v>
       </c>
       <c r="H149" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="I149" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="J149" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K149" t="s">
         <v>32</v>
       </c>
       <c r="L149" t="s">
         <v>51</v>
       </c>
       <c r="M149">
         <v>30770463000</v>
       </c>
       <c r="N149">
         <v>30770462999.99</v>
       </c>
       <c r="O149">
         <v>30770463000</v>
       </c>
       <c r="Q149">
         <v>30770463000</v>
       </c>
       <c r="R149">
         <v>30770463000</v>
       </c>
       <c r="S149" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="T149" t="s">
         <v>97</v>
       </c>
       <c r="U149" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="150" spans="1:22">
       <c r="A150" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
       <c r="B150">
         <v>60442191</v>
       </c>
       <c r="C150" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
       <c r="D150" t="s">
         <v>25</v>
       </c>
       <c r="E150" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
       <c r="F150" t="s">
         <v>27</v>
       </c>
       <c r="G150" t="s">
         <v>28</v>
       </c>
       <c r="H150" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I150" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="J150" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K150" t="s">
         <v>32</v>
       </c>
       <c r="L150" t="s">
         <v>51</v>
       </c>
       <c r="M150">
         <v>30055445000</v>
       </c>
       <c r="N150">
         <v>22420397246.17</v>
       </c>
       <c r="O150">
         <v>22420397246.17</v>
       </c>
       <c r="Q150">
         <v>22420397246.17</v>
       </c>
       <c r="R150">
         <v>22420397246.17</v>
       </c>
       <c r="S150" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="T150" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="U150" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="151" spans="1:22">
       <c r="A151" t="s">
-        <v>783</v>
+        <v>789</v>
       </c>
       <c r="B151">
         <v>60442192</v>
       </c>
       <c r="C151" t="s">
-        <v>784</v>
+        <v>790</v>
       </c>
       <c r="D151" t="s">
         <v>25</v>
       </c>
       <c r="E151" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
       <c r="F151" t="s">
         <v>27</v>
       </c>
       <c r="G151" t="s">
         <v>28</v>
       </c>
       <c r="H151" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I151" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="J151" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K151" t="s">
         <v>32</v>
       </c>
       <c r="L151" t="s">
         <v>51</v>
       </c>
       <c r="M151">
         <v>20307680000</v>
       </c>
       <c r="N151">
         <v>15010325445.97</v>
       </c>
       <c r="O151">
         <v>15010325446.06</v>
       </c>
       <c r="Q151">
         <v>15010325445.97</v>
       </c>
       <c r="R151">
         <v>15010325445.97</v>
       </c>
       <c r="S151" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="T151" t="s">
         <v>176</v>
       </c>
       <c r="U151" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="152" spans="1:22">
       <c r="A152" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
       <c r="B152">
         <v>60269460</v>
       </c>
       <c r="C152" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
       <c r="D152" t="s">
         <v>25</v>
       </c>
       <c r="E152" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
       <c r="F152" t="s">
         <v>27</v>
       </c>
       <c r="G152" t="s">
         <v>28</v>
       </c>
       <c r="H152" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="I152" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="J152" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="K152" t="s">
         <v>32</v>
       </c>
       <c r="L152" t="s">
         <v>51</v>
       </c>
       <c r="M152">
         <v>21324999000</v>
       </c>
       <c r="N152">
         <v>21009549859.82</v>
       </c>
       <c r="O152">
         <v>21318392838.6</v>
       </c>
       <c r="T152" t="s">
-        <v>600</v>
+        <v>795</v>
       </c>
       <c r="U152" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="153" spans="1:22">
       <c r="A153" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="B153">
         <v>60803822</v>
       </c>
       <c r="C153" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="D153" t="s">
         <v>25</v>
       </c>
       <c r="E153" t="s">
-        <v>791</v>
+        <v>798</v>
       </c>
       <c r="F153" t="s">
         <v>27</v>
       </c>
       <c r="G153" t="s">
         <v>28</v>
       </c>
       <c r="H153" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="I153" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="J153" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="K153" t="s">
         <v>32</v>
       </c>
       <c r="L153" t="s">
         <v>51</v>
       </c>
       <c r="M153">
         <v>33247397000</v>
       </c>
       <c r="N153">
         <v>33122134299.59</v>
       </c>
       <c r="O153">
         <v>33240965521.28</v>
       </c>
       <c r="Q153">
         <v>33240965521.28</v>
       </c>
       <c r="R153">
         <v>33240965521.28</v>
       </c>
       <c r="S153" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="T153" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="U153" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="154" spans="1:22">
       <c r="A154" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="B154">
         <v>60347428</v>
       </c>
       <c r="C154" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="D154" t="s">
         <v>25</v>
       </c>
       <c r="E154" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="F154" t="s">
         <v>27</v>
       </c>
       <c r="G154" t="s">
         <v>28</v>
       </c>
       <c r="H154" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I154" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="J154" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="K154" t="s">
         <v>32</v>
       </c>
       <c r="L154" t="s">
         <v>33</v>
       </c>
       <c r="M154">
         <v>66653367000</v>
       </c>
       <c r="N154">
         <v>66653366375.73</v>
       </c>
       <c r="O154">
         <v>66653366098.82</v>
       </c>
       <c r="Q154">
         <v>66653366098.78</v>
       </c>
       <c r="R154">
         <v>66653366098.78</v>
       </c>
       <c r="S154" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="T154" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="U154" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="155" spans="1:22">
       <c r="A155" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="B155">
         <v>60565466</v>
       </c>
       <c r="C155" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="D155" t="s">
         <v>25</v>
       </c>
       <c r="E155" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="F155" t="s">
         <v>27</v>
       </c>
       <c r="G155" t="s">
         <v>28</v>
       </c>
       <c r="H155" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="I155" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="J155" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K155" t="s">
         <v>32</v>
       </c>
       <c r="L155" t="s">
         <v>51</v>
       </c>
       <c r="M155">
         <v>35485523000</v>
       </c>
       <c r="N155">
         <v>35485523000</v>
       </c>
       <c r="O155">
         <v>35485523000</v>
       </c>
       <c r="Q155">
         <v>35485523000</v>
       </c>
       <c r="R155">
         <v>35485523000</v>
       </c>
       <c r="S155" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="T155" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="U155" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="156" spans="1:22">
       <c r="A156" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
       <c r="B156">
         <v>60565467</v>
       </c>
       <c r="C156" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="D156" t="s">
         <v>25</v>
       </c>
       <c r="E156" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="F156" t="s">
         <v>27</v>
       </c>
       <c r="G156" t="s">
         <v>28</v>
       </c>
       <c r="H156" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="I156" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="J156" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K156" t="s">
         <v>32</v>
       </c>
       <c r="L156" t="s">
         <v>51</v>
       </c>
       <c r="M156">
         <v>29493797000</v>
       </c>
       <c r="N156">
         <v>29493796999.99</v>
       </c>
       <c r="O156">
         <v>29493797000</v>
       </c>
       <c r="Q156">
         <v>29493797000</v>
       </c>
       <c r="R156">
         <v>29493797000</v>
       </c>
       <c r="S156" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="T156" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="U156" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="157" spans="1:22">
       <c r="A157" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="B157">
         <v>60279994</v>
       </c>
       <c r="C157" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="D157" t="s">
         <v>25</v>
       </c>
       <c r="E157" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="F157" t="s">
         <v>27</v>
       </c>
       <c r="G157" t="s">
         <v>28</v>
       </c>
       <c r="H157" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="I157" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="J157" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K157" t="s">
         <v>32</v>
       </c>
       <c r="L157" t="s">
         <v>51</v>
       </c>
       <c r="M157">
         <v>17778341000</v>
       </c>
       <c r="N157">
         <v>17778341000</v>
       </c>
       <c r="O157">
         <v>17778341000</v>
       </c>
       <c r="Q157">
         <v>17778341000</v>
       </c>
       <c r="R157">
         <v>17778341000</v>
       </c>
       <c r="S157" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="T157" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="U157" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="158" spans="1:22">
       <c r="A158" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="B158">
         <v>60528102</v>
       </c>
       <c r="C158" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="D158" t="s">
         <v>25</v>
       </c>
       <c r="E158" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="F158" t="s">
         <v>27</v>
       </c>
       <c r="G158" t="s">
         <v>28</v>
       </c>
       <c r="H158" t="s">
         <v>193</v>
       </c>
       <c r="I158" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="J158" t="s">
         <v>89</v>
       </c>
       <c r="K158" t="s">
         <v>32</v>
       </c>
       <c r="L158" t="s">
         <v>51</v>
       </c>
       <c r="M158">
         <v>999177722000</v>
       </c>
       <c r="N158">
         <v>999177722000</v>
       </c>
       <c r="O158">
         <v>999177722000</v>
       </c>
       <c r="P158">
         <v>999177722000</v>
       </c>
       <c r="T158" t="s">
-        <v>59</v>
+        <v>821</v>
       </c>
       <c r="U158" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="159" spans="1:22">
       <c r="A159" t="s">
-        <v>814</v>
+        <v>822</v>
       </c>
       <c r="B159">
         <v>60347427</v>
       </c>
       <c r="C159" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
       <c r="D159" t="s">
         <v>25</v>
       </c>
       <c r="E159" t="s">
-        <v>816</v>
+        <v>824</v>
       </c>
       <c r="F159" t="s">
         <v>27</v>
       </c>
       <c r="G159" t="s">
         <v>28</v>
       </c>
       <c r="H159" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I159" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="J159" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="K159" t="s">
         <v>32</v>
       </c>
       <c r="L159" t="s">
         <v>51</v>
       </c>
       <c r="M159">
         <v>23394877000</v>
       </c>
       <c r="N159">
         <v>23394876546.81</v>
       </c>
       <c r="O159">
         <v>23394876546.81</v>
       </c>
       <c r="T159" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
       <c r="U159" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="160" spans="1:22">
       <c r="A160" t="s">
-        <v>818</v>
+        <v>826</v>
       </c>
       <c r="B160">
         <v>60964115</v>
       </c>
       <c r="C160" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="D160" t="s">
         <v>25</v>
       </c>
       <c r="E160" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
       <c r="F160" t="s">
         <v>27</v>
       </c>
       <c r="G160" t="s">
         <v>28</v>
       </c>
       <c r="H160" t="s">
         <v>139</v>
       </c>
       <c r="I160" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
       <c r="J160" t="s">
         <v>89</v>
       </c>
       <c r="K160" t="s">
         <v>32</v>
       </c>
       <c r="L160" t="s">
         <v>51</v>
       </c>
       <c r="M160">
         <v>544223230000</v>
       </c>
       <c r="N160">
         <v>544223230000</v>
       </c>
       <c r="O160">
         <v>544223230000</v>
       </c>
       <c r="P160">
         <v>544223230000</v>
       </c>
       <c r="Q160">
         <v>544223230000</v>
       </c>
       <c r="R160">
         <v>544223230000</v>
       </c>
       <c r="S160" t="s">
         <v>142</v>
       </c>
       <c r="T160" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="U160" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="161" spans="1:22">
       <c r="A161" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="B161">
         <v>60351546</v>
       </c>
       <c r="C161" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
       <c r="D161" t="s">
         <v>25</v>
       </c>
       <c r="E161" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="F161" t="s">
         <v>27</v>
       </c>
       <c r="G161" t="s">
         <v>28</v>
       </c>
       <c r="H161" t="s">
         <v>258</v>
       </c>
       <c r="I161" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="J161" t="s">
         <v>260</v>
       </c>
       <c r="K161" t="s">
         <v>32</v>
       </c>
       <c r="L161" t="s">
         <v>51</v>
       </c>
       <c r="M161">
         <v>23162197000</v>
       </c>
       <c r="N161">
         <v>23162196654.91</v>
       </c>
       <c r="O161">
         <v>23162196654.91</v>
       </c>
       <c r="Q161">
         <v>23162196654.91</v>
       </c>
       <c r="R161">
         <v>23162196654.91</v>
       </c>
       <c r="S161" t="s">
         <v>109</v>
       </c>
       <c r="T161" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="U161" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="162" spans="1:22">
       <c r="A162" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="B162">
         <v>1234567</v>
       </c>
       <c r="C162" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="D162" t="s">
         <v>200</v>
       </c>
       <c r="E162" t="s">
-        <v>829</v>
+        <v>837</v>
       </c>
       <c r="F162" t="s">
         <v>27</v>
       </c>
       <c r="G162" t="s">
         <v>101</v>
       </c>
       <c r="H162" t="s">
-        <v>830</v>
+        <v>838</v>
       </c>
       <c r="I162" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
       <c r="J162" t="s">
         <v>89</v>
       </c>
       <c r="K162" t="s">
         <v>32</v>
       </c>
       <c r="L162" t="s">
         <v>33</v>
       </c>
       <c r="M162">
         <v>631060927197</v>
       </c>
       <c r="T162" t="s">
-        <v>416</v>
+        <v>840</v>
       </c>
       <c r="U162" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="163" spans="1:22">
       <c r="A163" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="B163">
         <v>7654321</v>
       </c>
       <c r="C163" t="s">
-        <v>833</v>
+        <v>842</v>
       </c>
       <c r="D163" t="s">
         <v>200</v>
       </c>
       <c r="E163" t="s">
-        <v>834</v>
+        <v>843</v>
       </c>
       <c r="F163" t="s">
         <v>27</v>
       </c>
       <c r="G163" t="s">
         <v>101</v>
       </c>
       <c r="H163" t="s">
-        <v>830</v>
+        <v>838</v>
       </c>
       <c r="I163" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
       <c r="J163" t="s">
         <v>89</v>
       </c>
       <c r="K163" t="s">
         <v>32</v>
       </c>
       <c r="L163" t="s">
         <v>33</v>
       </c>
       <c r="M163">
         <v>515464543785</v>
       </c>
       <c r="T163" t="s">
-        <v>416</v>
+        <v>840</v>
       </c>
       <c r="U163" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="164" spans="1:22">
       <c r="A164" t="s">
-        <v>835</v>
+        <v>844</v>
       </c>
       <c r="B164">
         <v>12345687</v>
       </c>
       <c r="C164" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="D164" t="s">
         <v>200</v>
       </c>
       <c r="E164" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
       <c r="F164" t="s">
         <v>27</v>
       </c>
       <c r="G164" t="s">
         <v>101</v>
       </c>
       <c r="H164" t="s">
-        <v>830</v>
+        <v>838</v>
       </c>
       <c r="I164" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
       <c r="J164" t="s">
         <v>89</v>
       </c>
       <c r="K164" t="s">
         <v>32</v>
       </c>
       <c r="L164" t="s">
         <v>33</v>
       </c>
       <c r="M164">
         <v>488369650992</v>
       </c>
       <c r="T164" t="s">
-        <v>416</v>
+        <v>840</v>
       </c>
       <c r="U164" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="165" spans="1:22">
       <c r="A165" t="s">
-        <v>838</v>
+        <v>847</v>
       </c>
       <c r="B165">
         <v>60987018</v>
       </c>
       <c r="C165" t="s">
-        <v>839</v>
+        <v>848</v>
       </c>
       <c r="D165" t="s">
         <v>25</v>
       </c>
       <c r="E165" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
       <c r="F165" t="s">
         <v>27</v>
       </c>
       <c r="G165" t="s">
         <v>101</v>
       </c>
       <c r="H165" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I165" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="J165" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K165" t="s">
         <v>32</v>
       </c>
       <c r="L165" t="s">
         <v>51</v>
       </c>
       <c r="M165">
         <v>57000000000</v>
       </c>
       <c r="N165">
         <v>56999678171.03</v>
       </c>
       <c r="O165">
         <v>56999673513.15</v>
       </c>
       <c r="T165" t="s">
-        <v>497</v>
+        <v>135</v>
       </c>
       <c r="U165" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="166" spans="1:22">
       <c r="A166" t="s">
-        <v>841</v>
+        <v>850</v>
       </c>
       <c r="B166">
         <v>60536492</v>
       </c>
       <c r="C166" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="D166" t="s">
         <v>25</v>
       </c>
       <c r="E166" t="s">
-        <v>843</v>
+        <v>852</v>
       </c>
       <c r="F166" t="s">
         <v>27</v>
       </c>
       <c r="G166" t="s">
         <v>28</v>
       </c>
       <c r="H166" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="I166" t="s">
-        <v>844</v>
+        <v>853</v>
       </c>
       <c r="J166" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="K166" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="L166" t="s">
         <v>51</v>
       </c>
       <c r="M166">
         <v>253885800000</v>
       </c>
       <c r="N166">
         <v>253885800000</v>
       </c>
       <c r="O166">
         <v>242645105745.89</v>
       </c>
       <c r="P166">
         <v>242645105745.89</v>
       </c>
       <c r="Q166">
         <v>253885800000</v>
       </c>
       <c r="R166">
         <v>253885800000</v>
       </c>
       <c r="S166" t="s">
-        <v>845</v>
+        <v>854</v>
       </c>
       <c r="T166" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="U166" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="167" spans="1:22">
       <c r="A167" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
       <c r="B167">
         <v>60964112</v>
       </c>
       <c r="C167" t="s">
-        <v>847</v>
+        <v>856</v>
       </c>
       <c r="D167" t="s">
         <v>25</v>
       </c>
       <c r="E167" t="s">
-        <v>848</v>
+        <v>857</v>
       </c>
       <c r="F167" t="s">
         <v>27</v>
       </c>
       <c r="G167" t="s">
         <v>28</v>
       </c>
       <c r="H167" t="s">
         <v>180</v>
       </c>
       <c r="I167" t="s">
-        <v>181</v>
+        <v>858</v>
       </c>
       <c r="J167" t="s">
         <v>182</v>
       </c>
       <c r="K167" t="s">
         <v>32</v>
       </c>
       <c r="L167" t="s">
         <v>51</v>
       </c>
       <c r="M167">
         <v>800014591783</v>
       </c>
       <c r="N167">
         <v>800014589484.56</v>
       </c>
       <c r="O167">
         <v>800014589484.56</v>
       </c>
       <c r="P167">
         <v>800014589484.56</v>
       </c>
       <c r="T167" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="U167" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="168" spans="1:22">
       <c r="A168" t="s">
-        <v>850</v>
+        <v>860</v>
       </c>
       <c r="B168">
         <v>60541757</v>
       </c>
       <c r="C168" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
       <c r="D168" t="s">
         <v>25</v>
       </c>
       <c r="E168" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="F168" t="s">
         <v>27</v>
       </c>
       <c r="G168" t="s">
         <v>28</v>
       </c>
       <c r="H168" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I168" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
       <c r="J168" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
       <c r="K168" t="s">
         <v>32</v>
       </c>
       <c r="L168" t="s">
         <v>51</v>
       </c>
       <c r="M168">
         <v>234254840000</v>
       </c>
       <c r="N168">
         <v>231960025000.01</v>
       </c>
       <c r="O168">
         <v>231960025000.01</v>
       </c>
       <c r="P168">
         <v>231960025000.01</v>
       </c>
+      <c r="Q168">
+        <v>231960025000.01</v>
+      </c>
+      <c r="R168">
+        <v>231960025000.01</v>
+      </c>
+      <c r="S168" t="s">
+        <v>865</v>
+      </c>
       <c r="T168" t="s">
-        <v>855</v>
+        <v>866</v>
       </c>
       <c r="U168" t="s">
-        <v>279</v>
+        <v>54</v>
       </c>
     </row>
     <row r="169" spans="1:22">
       <c r="A169" t="s">
-        <v>856</v>
+        <v>867</v>
       </c>
       <c r="B169">
         <v>60955180</v>
       </c>
       <c r="C169" t="s">
-        <v>857</v>
+        <v>868</v>
       </c>
       <c r="D169" t="s">
         <v>25</v>
       </c>
       <c r="E169" t="s">
-        <v>858</v>
+        <v>869</v>
       </c>
       <c r="F169" t="s">
         <v>27</v>
       </c>
       <c r="G169" t="s">
         <v>28</v>
       </c>
       <c r="H169" t="s">
         <v>87</v>
       </c>
       <c r="I169" t="s">
-        <v>859</v>
+        <v>870</v>
       </c>
       <c r="J169" t="s">
-        <v>860</v>
+        <v>871</v>
       </c>
       <c r="K169" t="s">
         <v>32</v>
       </c>
       <c r="L169" t="s">
         <v>51</v>
       </c>
       <c r="M169">
         <v>244963565000</v>
       </c>
       <c r="N169">
         <v>244963564977.52</v>
       </c>
       <c r="O169">
         <v>244963564977.52</v>
       </c>
       <c r="P169">
         <v>244963564977.52</v>
       </c>
       <c r="Q169">
         <v>244963564977.52</v>
       </c>
       <c r="R169">
         <v>244963564977.52</v>
       </c>
       <c r="S169" t="s">
-        <v>861</v>
+        <v>872</v>
       </c>
       <c r="T169" t="s">
         <v>83</v>
       </c>
       <c r="U169" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="170" spans="1:22">
       <c r="A170" t="s">
-        <v>862</v>
+        <v>873</v>
       </c>
       <c r="B170">
         <v>61062528</v>
       </c>
       <c r="C170" t="s">
-        <v>863</v>
+        <v>874</v>
       </c>
       <c r="D170" t="s">
         <v>25</v>
       </c>
       <c r="E170" t="s">
-        <v>864</v>
+        <v>875</v>
       </c>
       <c r="F170" t="s">
         <v>27</v>
       </c>
       <c r="G170" t="s">
         <v>28</v>
       </c>
       <c r="H170" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="I170" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="J170" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="K170" t="s">
         <v>32</v>
       </c>
       <c r="L170" t="s">
         <v>51</v>
       </c>
       <c r="M170">
         <v>16445151000</v>
       </c>
       <c r="N170">
         <v>16445151000</v>
       </c>
       <c r="O170">
         <v>16445151000</v>
       </c>
       <c r="Q170">
         <v>16445151000</v>
       </c>
       <c r="R170">
         <v>16445151000</v>
       </c>
       <c r="S170" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="T170" t="s">
         <v>150</v>
       </c>
       <c r="U170" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="171" spans="1:22">
       <c r="A171" t="s">
-        <v>865</v>
+        <v>876</v>
       </c>
       <c r="B171">
         <v>60304763</v>
       </c>
       <c r="C171" t="s">
-        <v>866</v>
+        <v>877</v>
       </c>
       <c r="D171" t="s">
         <v>25</v>
       </c>
       <c r="E171" t="s">
-        <v>867</v>
+        <v>878</v>
       </c>
       <c r="F171" t="s">
         <v>27</v>
       </c>
       <c r="G171" t="s">
         <v>28</v>
       </c>
       <c r="H171" t="s">
         <v>258</v>
       </c>
       <c r="I171" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="J171" t="s">
         <v>260</v>
       </c>
       <c r="K171" t="s">
         <v>32</v>
       </c>
       <c r="L171" t="s">
         <v>51</v>
       </c>
       <c r="M171">
         <v>19233728000</v>
       </c>
       <c r="N171">
         <v>19233727813.99</v>
       </c>
       <c r="O171">
         <v>19233727813.99</v>
       </c>
       <c r="Q171">
         <v>19233727961.93</v>
       </c>
       <c r="R171">
         <v>19233727961.93</v>
       </c>
       <c r="S171" t="s">
         <v>261</v>
       </c>
       <c r="T171" t="s">
-        <v>868</v>
+        <v>879</v>
       </c>
       <c r="U171" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="172" spans="1:22">
       <c r="A172" t="s">
-        <v>869</v>
+        <v>880</v>
       </c>
       <c r="B172">
         <v>60565469</v>
       </c>
       <c r="C172" t="s">
-        <v>870</v>
+        <v>881</v>
       </c>
       <c r="D172" t="s">
         <v>25</v>
       </c>
       <c r="E172" t="s">
-        <v>871</v>
+        <v>882</v>
       </c>
       <c r="F172" t="s">
         <v>27</v>
       </c>
       <c r="G172" t="s">
         <v>28</v>
       </c>
       <c r="H172" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="I172" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="J172" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K172" t="s">
         <v>32</v>
       </c>
       <c r="L172" t="s">
         <v>51</v>
       </c>
       <c r="M172">
         <v>46933115000</v>
       </c>
       <c r="N172">
         <v>46933115000</v>
       </c>
       <c r="O172">
         <v>46933115000</v>
       </c>
       <c r="Q172">
         <v>46933115000</v>
       </c>
       <c r="R172">
         <v>46933115000</v>
       </c>
       <c r="S172" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="T172" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="U172" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="173" spans="1:22">
       <c r="A173" t="s">
-        <v>872</v>
+        <v>883</v>
       </c>
       <c r="B173">
         <v>60565464</v>
       </c>
       <c r="C173" t="s">
-        <v>873</v>
+        <v>884</v>
       </c>
       <c r="D173" t="s">
         <v>25</v>
       </c>
       <c r="E173" t="s">
-        <v>874</v>
+        <v>885</v>
       </c>
       <c r="F173" t="s">
         <v>27</v>
       </c>
       <c r="G173" t="s">
         <v>28</v>
       </c>
       <c r="H173" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="I173" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="J173" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K173" t="s">
         <v>32</v>
       </c>
       <c r="L173" t="s">
         <v>51</v>
       </c>
       <c r="M173">
         <v>15311405000</v>
       </c>
       <c r="N173">
         <v>15311405000</v>
       </c>
       <c r="O173">
         <v>15311405000</v>
       </c>
       <c r="Q173">
         <v>15311405000</v>
       </c>
       <c r="R173">
         <v>15311405000</v>
       </c>
       <c r="S173" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="T173" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="U173" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="174" spans="1:22">
       <c r="A174" t="s">
-        <v>875</v>
+        <v>886</v>
       </c>
       <c r="B174">
         <v>60565465</v>
       </c>
       <c r="C174" t="s">
-        <v>876</v>
+        <v>887</v>
       </c>
       <c r="D174" t="s">
         <v>25</v>
       </c>
       <c r="E174" t="s">
-        <v>874</v>
+        <v>885</v>
       </c>
       <c r="F174" t="s">
         <v>27</v>
       </c>
       <c r="G174" t="s">
         <v>28</v>
       </c>
       <c r="H174" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="I174" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="J174" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K174" t="s">
         <v>32</v>
       </c>
       <c r="L174" t="s">
         <v>51</v>
       </c>
       <c r="M174">
         <v>42021826000</v>
       </c>
       <c r="N174">
         <v>42021826000</v>
       </c>
       <c r="O174">
         <v>42021826000</v>
       </c>
       <c r="Q174">
         <v>42021826000</v>
       </c>
       <c r="R174">
         <v>42021826000</v>
       </c>
       <c r="S174" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="T174" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="U174" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="175" spans="1:22">
       <c r="A175" t="s">
-        <v>877</v>
+        <v>888</v>
       </c>
       <c r="B175">
         <v>60304701</v>
       </c>
       <c r="C175" t="s">
-        <v>878</v>
+        <v>889</v>
       </c>
       <c r="D175" t="s">
         <v>25</v>
       </c>
       <c r="E175" t="s">
-        <v>879</v>
+        <v>890</v>
       </c>
       <c r="F175" t="s">
         <v>27</v>
       </c>
       <c r="G175" t="s">
         <v>28</v>
       </c>
       <c r="H175" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="I175" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="J175" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="K175" t="s">
         <v>32</v>
       </c>
       <c r="L175" t="s">
         <v>51</v>
       </c>
       <c r="M175">
         <v>29755115000</v>
       </c>
       <c r="N175">
         <v>29755115000</v>
       </c>
       <c r="O175">
         <v>29755115000</v>
       </c>
       <c r="T175" t="s">
-        <v>880</v>
+        <v>891</v>
       </c>
       <c r="U175" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="176" spans="1:22">
       <c r="A176" t="s">
-        <v>881</v>
+        <v>892</v>
       </c>
       <c r="B176">
         <v>60304700</v>
       </c>
       <c r="C176" t="s">
-        <v>882</v>
+        <v>893</v>
       </c>
       <c r="D176" t="s">
         <v>25</v>
       </c>
       <c r="E176" t="s">
-        <v>883</v>
+        <v>894</v>
       </c>
       <c r="F176" t="s">
         <v>27</v>
       </c>
       <c r="G176" t="s">
         <v>28</v>
       </c>
       <c r="H176" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="I176" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="J176" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="K176" t="s">
         <v>32</v>
       </c>
       <c r="L176" t="s">
         <v>51</v>
       </c>
       <c r="M176">
         <v>45366611000</v>
       </c>
       <c r="N176">
         <v>45366611000</v>
       </c>
       <c r="O176">
         <v>45366611000</v>
       </c>
       <c r="T176" t="s">
-        <v>880</v>
+        <v>891</v>
       </c>
       <c r="U176" t="s">
-        <v>306</v>
+        <v>440</v>
       </c>
     </row>
     <row r="177" spans="1:22">
       <c r="A177" t="s">
-        <v>884</v>
+        <v>895</v>
       </c>
       <c r="B177">
         <v>60525466</v>
       </c>
       <c r="C177" t="s">
-        <v>885</v>
+        <v>896</v>
       </c>
       <c r="D177" t="s">
         <v>25</v>
       </c>
       <c r="E177" t="s">
-        <v>886</v>
+        <v>897</v>
       </c>
       <c r="F177" t="s">
         <v>27</v>
       </c>
       <c r="G177" t="s">
         <v>28</v>
       </c>
       <c r="H177" t="s">
         <v>79</v>
       </c>
       <c r="I177" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="J177" t="s">
         <v>89</v>
       </c>
       <c r="K177" t="s">
         <v>32</v>
       </c>
       <c r="L177" t="s">
         <v>51</v>
       </c>
       <c r="M177">
         <v>786863480000</v>
       </c>
       <c r="N177">
         <v>786863480000</v>
       </c>
       <c r="O177">
         <v>786863480000</v>
       </c>
       <c r="P177">
         <v>786863480000</v>
       </c>
       <c r="T177" t="s">
-        <v>887</v>
+        <v>898</v>
       </c>
       <c r="U177" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="178" spans="1:22">
       <c r="A178" t="s">
-        <v>888</v>
+        <v>899</v>
       </c>
       <c r="B178">
         <v>60565468</v>
       </c>
       <c r="C178" t="s">
-        <v>889</v>
+        <v>900</v>
       </c>
       <c r="D178" t="s">
         <v>25</v>
       </c>
       <c r="E178" t="s">
-        <v>890</v>
+        <v>901</v>
       </c>
       <c r="F178" t="s">
         <v>27</v>
       </c>
       <c r="G178" t="s">
         <v>28</v>
       </c>
       <c r="H178" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="I178" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="J178" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K178" t="s">
         <v>32</v>
       </c>
       <c r="L178" t="s">
         <v>51</v>
       </c>
       <c r="M178">
         <v>42101899000</v>
       </c>
       <c r="N178">
         <v>42101899000</v>
       </c>
       <c r="O178">
         <v>42101899000</v>
       </c>
       <c r="Q178">
         <v>42101899000</v>
       </c>
       <c r="R178">
         <v>42101899000</v>
       </c>
       <c r="S178" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="T178" t="s">
-        <v>891</v>
+        <v>902</v>
       </c>
       <c r="U178" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="179" spans="1:22">
       <c r="A179" t="s">
-        <v>892</v>
+        <v>903</v>
       </c>
       <c r="B179">
         <v>60279986</v>
       </c>
       <c r="C179" t="s">
-        <v>893</v>
+        <v>904</v>
       </c>
       <c r="D179" t="s">
         <v>25</v>
       </c>
       <c r="E179" t="s">
-        <v>894</v>
+        <v>905</v>
       </c>
       <c r="F179" t="s">
         <v>27</v>
       </c>
       <c r="G179" t="s">
         <v>28</v>
       </c>
       <c r="H179" t="s">
-        <v>895</v>
+        <v>906</v>
       </c>
       <c r="I179" t="s">
-        <v>896</v>
+        <v>907</v>
       </c>
       <c r="J179" t="s">
-        <v>897</v>
+        <v>908</v>
       </c>
       <c r="K179" t="s">
         <v>32</v>
       </c>
       <c r="L179" t="s">
         <v>51</v>
       </c>
       <c r="M179">
         <v>63148241000</v>
       </c>
       <c r="N179">
         <v>63148241000</v>
       </c>
       <c r="O179">
         <v>63148241000</v>
       </c>
       <c r="Q179">
         <v>63148241000</v>
       </c>
       <c r="R179">
         <v>63148241000</v>
       </c>
       <c r="S179" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="T179" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="U179" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="180" spans="1:22">
       <c r="A180" t="s">
-        <v>898</v>
+        <v>909</v>
       </c>
       <c r="B180">
         <v>60304733</v>
       </c>
       <c r="C180" t="s">
-        <v>899</v>
+        <v>910</v>
       </c>
       <c r="D180" t="s">
         <v>25</v>
       </c>
       <c r="E180" t="s">
-        <v>900</v>
+        <v>911</v>
       </c>
       <c r="F180" t="s">
         <v>27</v>
       </c>
       <c r="G180" t="s">
         <v>28</v>
       </c>
       <c r="H180" t="s">
         <v>102</v>
       </c>
       <c r="I180" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="J180" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K180" t="s">
         <v>32</v>
       </c>
       <c r="L180" t="s">
         <v>51</v>
       </c>
       <c r="M180">
         <v>21205497000</v>
       </c>
       <c r="N180">
         <v>21205497000</v>
       </c>
       <c r="O180">
         <v>21205497000</v>
       </c>
       <c r="T180" t="s">
-        <v>901</v>
+        <v>211</v>
       </c>
       <c r="U180" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="181" spans="1:22">
       <c r="A181" t="s">
-        <v>902</v>
+        <v>912</v>
       </c>
       <c r="B181">
         <v>60279985</v>
       </c>
       <c r="C181" t="s">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c r="D181" t="s">
         <v>25</v>
       </c>
       <c r="E181" t="s">
-        <v>904</v>
+        <v>914</v>
       </c>
       <c r="F181" t="s">
         <v>27</v>
       </c>
       <c r="G181" t="s">
         <v>28</v>
       </c>
       <c r="H181" t="s">
-        <v>895</v>
+        <v>906</v>
       </c>
       <c r="I181" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="J181" t="s">
-        <v>897</v>
+        <v>908</v>
       </c>
       <c r="K181" t="s">
         <v>32</v>
       </c>
       <c r="L181" t="s">
         <v>51</v>
       </c>
       <c r="M181">
         <v>36815538000</v>
       </c>
       <c r="N181">
         <v>36815495000</v>
       </c>
       <c r="O181">
         <v>36815495000</v>
       </c>
       <c r="Q181">
         <v>36815538000</v>
       </c>
       <c r="R181">
         <v>36815538000</v>
       </c>
       <c r="S181" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
       <c r="T181" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="U181" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="182" spans="1:22">
       <c r="A182" t="s">
-        <v>908</v>
+        <v>918</v>
       </c>
       <c r="B182">
         <v>60304699</v>
       </c>
       <c r="C182" t="s">
-        <v>909</v>
+        <v>919</v>
       </c>
       <c r="D182" t="s">
         <v>25</v>
       </c>
       <c r="E182" t="s">
-        <v>910</v>
+        <v>920</v>
       </c>
       <c r="F182" t="s">
         <v>27</v>
       </c>
       <c r="G182" t="s">
         <v>28</v>
       </c>
       <c r="H182" t="s">
         <v>102</v>
       </c>
       <c r="I182" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="J182" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K182" t="s">
         <v>32</v>
       </c>
       <c r="L182" t="s">
         <v>51</v>
       </c>
       <c r="M182">
         <v>25891680000</v>
       </c>
       <c r="N182">
         <v>25891679000</v>
       </c>
       <c r="O182">
         <v>25891679000</v>
       </c>
       <c r="T182" t="s">
-        <v>912</v>
+        <v>922</v>
       </c>
       <c r="U182" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="183" spans="1:22">
       <c r="A183" t="s">
-        <v>913</v>
+        <v>923</v>
       </c>
       <c r="B183">
         <v>60534250</v>
       </c>
       <c r="C183" t="s">
-        <v>914</v>
+        <v>924</v>
       </c>
       <c r="D183" t="s">
         <v>25</v>
       </c>
       <c r="E183" t="s">
-        <v>915</v>
+        <v>925</v>
       </c>
       <c r="F183" t="s">
         <v>27</v>
       </c>
       <c r="G183" t="s">
         <v>28</v>
       </c>
       <c r="H183" t="s">
         <v>102</v>
       </c>
       <c r="I183" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="J183" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K183" t="s">
         <v>32</v>
       </c>
       <c r="L183" t="s">
         <v>51</v>
       </c>
       <c r="M183">
         <v>29029455000</v>
       </c>
       <c r="N183">
         <v>29029443174</v>
       </c>
       <c r="O183">
         <v>29029443174</v>
       </c>
       <c r="T183" t="s">
-        <v>912</v>
+        <v>922</v>
       </c>
       <c r="U183" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="184" spans="1:22">
       <c r="A184" t="s">
-        <v>916</v>
+        <v>926</v>
       </c>
       <c r="B184">
         <v>60303285</v>
       </c>
       <c r="C184" t="s">
-        <v>917</v>
+        <v>927</v>
       </c>
       <c r="D184" t="s">
         <v>25</v>
       </c>
       <c r="E184" t="s">
-        <v>918</v>
+        <v>928</v>
       </c>
       <c r="F184" t="s">
         <v>27</v>
       </c>
       <c r="G184" t="s">
         <v>28</v>
       </c>
       <c r="H184" t="s">
         <v>102</v>
       </c>
       <c r="I184" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="J184" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K184" t="s">
         <v>32</v>
       </c>
       <c r="L184" t="s">
         <v>51</v>
       </c>
       <c r="M184">
         <v>27347458000</v>
       </c>
       <c r="N184">
         <v>27347444000</v>
       </c>
       <c r="O184">
         <v>27347444000</v>
       </c>
       <c r="T184" t="s">
-        <v>64</v>
+        <v>289</v>
       </c>
       <c r="U184" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="185" spans="1:22">
       <c r="A185" t="s">
-        <v>919</v>
+        <v>929</v>
       </c>
       <c r="B185">
         <v>61201889</v>
       </c>
       <c r="C185" t="s">
-        <v>920</v>
+        <v>930</v>
       </c>
       <c r="D185" t="s">
         <v>225</v>
       </c>
       <c r="E185" t="s">
-        <v>921</v>
+        <v>931</v>
       </c>
       <c r="F185" t="s">
         <v>27</v>
       </c>
       <c r="G185" t="s">
         <v>101</v>
       </c>
       <c r="H185" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="I185" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="J185" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="K185" t="s">
         <v>32</v>
       </c>
       <c r="L185" t="s">
         <v>33</v>
       </c>
       <c r="M185">
         <v>9000000000</v>
       </c>
       <c r="N185">
         <v>9000000000</v>
       </c>
       <c r="Q185">
         <v>9000000000</v>
       </c>
       <c r="R185">
         <v>9000000000</v>
       </c>
       <c r="S185" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="T185" t="s">
-        <v>922</v>
+        <v>932</v>
       </c>
       <c r="U185" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="186" spans="1:22">
       <c r="A186" t="s">
-        <v>923</v>
+        <v>933</v>
       </c>
       <c r="B186">
         <v>61201891</v>
       </c>
       <c r="C186" t="s">
-        <v>924</v>
+        <v>934</v>
       </c>
       <c r="D186" t="s">
         <v>225</v>
       </c>
       <c r="E186" t="s">
-        <v>925</v>
+        <v>935</v>
       </c>
       <c r="F186" t="s">
         <v>27</v>
       </c>
       <c r="G186" t="s">
         <v>101</v>
       </c>
       <c r="H186" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="I186" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="J186" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="K186" t="s">
         <v>32</v>
       </c>
       <c r="L186" t="s">
         <v>33</v>
       </c>
       <c r="M186">
         <v>18424184000</v>
       </c>
       <c r="N186">
         <v>18424184000</v>
       </c>
       <c r="O186">
         <v>18424184000</v>
       </c>
       <c r="Q186">
         <v>18424184000</v>
       </c>
       <c r="R186">
         <v>18424184000</v>
       </c>
       <c r="S186" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="T186" t="s">
-        <v>926</v>
+        <v>936</v>
       </c>
       <c r="U186" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="187" spans="1:22">
       <c r="A187" t="s">
-        <v>927</v>
+        <v>937</v>
       </c>
       <c r="B187">
         <v>60964103</v>
       </c>
       <c r="C187" t="s">
-        <v>928</v>
+        <v>938</v>
       </c>
       <c r="D187" t="s">
         <v>25</v>
       </c>
       <c r="E187" t="s">
-        <v>929</v>
+        <v>939</v>
       </c>
       <c r="F187" t="s">
         <v>27</v>
       </c>
       <c r="G187" t="s">
         <v>28</v>
       </c>
       <c r="H187" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I187" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="J187" t="s">
         <v>89</v>
       </c>
       <c r="K187" t="s">
         <v>32</v>
       </c>
       <c r="L187" t="s">
         <v>51</v>
       </c>
       <c r="M187">
         <v>1188993510000</v>
       </c>
       <c r="N187">
         <v>1188993510000</v>
       </c>
       <c r="O187">
         <v>1188993510000</v>
       </c>
       <c r="P187">
         <v>1188993510000</v>
       </c>
       <c r="T187" t="s">
-        <v>930</v>
+        <v>940</v>
       </c>
       <c r="U187" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="188" spans="1:22">
       <c r="A188" t="s">
-        <v>931</v>
+        <v>941</v>
       </c>
       <c r="B188">
         <v>60958582</v>
       </c>
       <c r="C188" t="s">
-        <v>932</v>
+        <v>942</v>
       </c>
       <c r="D188" t="s">
         <v>25</v>
       </c>
       <c r="E188" t="s">
-        <v>933</v>
+        <v>943</v>
       </c>
       <c r="F188" t="s">
         <v>27</v>
       </c>
       <c r="G188" t="s">
         <v>28</v>
       </c>
       <c r="H188" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="I188" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="J188" t="s">
         <v>89</v>
       </c>
       <c r="K188" t="s">
         <v>32</v>
       </c>
       <c r="L188" t="s">
         <v>51</v>
       </c>
       <c r="M188">
         <v>495772385000</v>
       </c>
       <c r="N188">
         <v>495772384999.57</v>
       </c>
       <c r="O188">
         <v>495772384999.57</v>
       </c>
       <c r="P188">
         <v>495772384999.57</v>
       </c>
       <c r="T188" t="s">
-        <v>687</v>
+        <v>944</v>
       </c>
       <c r="U188" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="189" spans="1:22">
       <c r="A189" t="s">
-        <v>934</v>
+        <v>945</v>
       </c>
       <c r="B189" t="s">
-        <v>935</v>
+        <v>946</v>
       </c>
       <c r="C189" t="s">
-        <v>936</v>
+        <v>947</v>
       </c>
       <c r="D189" t="s">
         <v>25</v>
       </c>
       <c r="E189" t="s">
-        <v>937</v>
+        <v>948</v>
       </c>
       <c r="F189" t="s">
         <v>27</v>
       </c>
       <c r="G189" t="s">
         <v>28</v>
       </c>
       <c r="H189" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I189" t="s">
-        <v>938</v>
+        <v>949</v>
       </c>
       <c r="J189" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K189" t="s">
         <v>32</v>
       </c>
       <c r="L189" t="s">
         <v>51</v>
       </c>
       <c r="M189">
         <v>32329549000</v>
       </c>
       <c r="N189">
         <v>28652307340.59</v>
       </c>
       <c r="O189">
         <v>28652307340.59</v>
       </c>
       <c r="Q189">
         <v>28652307340.59</v>
       </c>
       <c r="R189">
         <v>28652307340.59</v>
       </c>
       <c r="S189" t="s">
-        <v>939</v>
+        <v>950</v>
       </c>
       <c r="T189" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="U189" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="190" spans="1:22">
       <c r="A190" t="s">
-        <v>940</v>
+        <v>951</v>
       </c>
       <c r="B190">
         <v>60917626</v>
       </c>
       <c r="C190" t="s">
-        <v>941</v>
+        <v>952</v>
       </c>
       <c r="D190" t="s">
         <v>25</v>
       </c>
       <c r="E190" t="s">
-        <v>942</v>
+        <v>953</v>
       </c>
       <c r="F190" t="s">
         <v>27</v>
       </c>
       <c r="G190" t="s">
         <v>28</v>
       </c>
       <c r="H190" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="I190" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="J190" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="K190" t="s">
         <v>32</v>
       </c>
       <c r="L190" t="s">
         <v>51</v>
       </c>
       <c r="M190">
         <v>278987620000</v>
       </c>
       <c r="N190">
         <v>278987620000</v>
       </c>
       <c r="O190">
         <v>278987620000</v>
       </c>
       <c r="P190">
         <v>278987620000</v>
       </c>
       <c r="Q190">
         <v>278987620000</v>
       </c>
       <c r="R190">
         <v>278987620000</v>
       </c>
       <c r="S190" t="s">
-        <v>845</v>
+        <v>854</v>
       </c>
       <c r="T190" t="s">
-        <v>943</v>
+        <v>954</v>
       </c>
       <c r="U190" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="191" spans="1:22">
       <c r="A191" t="s">
-        <v>944</v>
+        <v>955</v>
       </c>
       <c r="B191">
         <v>60442188</v>
       </c>
       <c r="C191" t="s">
-        <v>945</v>
+        <v>956</v>
       </c>
       <c r="D191" t="s">
         <v>25</v>
       </c>
       <c r="E191" t="s">
-        <v>946</v>
+        <v>957</v>
       </c>
       <c r="F191" t="s">
         <v>27</v>
       </c>
       <c r="G191" t="s">
         <v>28</v>
       </c>
       <c r="H191" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I191" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="J191" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K191" t="s">
         <v>32</v>
       </c>
       <c r="L191" t="s">
         <v>51</v>
       </c>
       <c r="M191">
         <v>32940029000</v>
       </c>
       <c r="N191">
         <v>32127162955.7</v>
       </c>
       <c r="O191">
         <v>32127162955.7</v>
       </c>
       <c r="T191" t="s">
-        <v>947</v>
+        <v>958</v>
       </c>
       <c r="U191" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="192" spans="1:22">
       <c r="A192" t="s">
-        <v>948</v>
+        <v>959</v>
       </c>
       <c r="B192">
         <v>60442189</v>
       </c>
       <c r="C192" t="s">
-        <v>949</v>
+        <v>960</v>
       </c>
       <c r="D192" t="s">
         <v>25</v>
       </c>
       <c r="E192" t="s">
-        <v>950</v>
+        <v>961</v>
       </c>
       <c r="F192" t="s">
         <v>27</v>
       </c>
       <c r="G192" t="s">
         <v>28</v>
       </c>
       <c r="H192" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I192" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="J192" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K192" t="s">
         <v>32</v>
       </c>
       <c r="L192" t="s">
         <v>51</v>
       </c>
       <c r="M192">
         <v>32139495000</v>
       </c>
       <c r="N192">
         <v>32139494095.05</v>
       </c>
       <c r="O192">
         <v>32139494095.05</v>
       </c>
       <c r="Q192">
         <v>32139494095.05</v>
       </c>
       <c r="R192">
         <v>32139494095.05</v>
       </c>
       <c r="S192" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="T192" t="s">
-        <v>951</v>
+        <v>962</v>
       </c>
       <c r="U192" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="193" spans="1:22">
       <c r="A193" t="s">
-        <v>952</v>
+        <v>963</v>
       </c>
       <c r="B193">
         <v>61496578</v>
       </c>
       <c r="C193" t="s">
-        <v>953</v>
+        <v>964</v>
       </c>
       <c r="D193" t="s">
         <v>200</v>
       </c>
       <c r="E193" t="s">
-        <v>954</v>
+        <v>965</v>
       </c>
       <c r="F193" t="s">
         <v>27</v>
       </c>
       <c r="G193" t="s">
         <v>39</v>
       </c>
       <c r="H193" t="s">
         <v>139</v>
       </c>
       <c r="I193" t="s">
-        <v>955</v>
+        <v>966</v>
       </c>
       <c r="J193" t="s">
         <v>89</v>
       </c>
       <c r="K193" t="s">
         <v>32</v>
       </c>
       <c r="L193" t="s">
         <v>51</v>
       </c>
       <c r="M193">
         <v>575734887000</v>
       </c>
       <c r="T193" t="s">
-        <v>956</v>
+        <v>967</v>
       </c>
       <c r="U193" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="194" spans="1:22">
       <c r="A194" t="s">
-        <v>957</v>
+        <v>968</v>
       </c>
       <c r="B194">
         <v>61259352</v>
       </c>
       <c r="C194" t="s">
-        <v>958</v>
+        <v>969</v>
       </c>
       <c r="D194" t="s">
         <v>25</v>
       </c>
       <c r="E194" t="s">
-        <v>959</v>
+        <v>970</v>
       </c>
       <c r="F194" t="s">
         <v>27</v>
       </c>
       <c r="G194" t="s">
         <v>28</v>
       </c>
       <c r="H194" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="I194" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="J194" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="K194" t="s">
         <v>32</v>
       </c>
       <c r="L194" t="s">
         <v>51</v>
       </c>
       <c r="M194">
         <v>245796655000</v>
       </c>
       <c r="N194">
         <v>245796655000</v>
       </c>
       <c r="O194">
         <v>245796655000</v>
       </c>
       <c r="P194">
         <v>245796655000</v>
       </c>
       <c r="Q194">
         <v>245796655000</v>
       </c>
       <c r="R194">
         <v>245796655000</v>
       </c>
       <c r="S194" t="s">
-        <v>960</v>
+        <v>971</v>
       </c>
       <c r="T194" t="s">
-        <v>951</v>
+        <v>962</v>
       </c>
       <c r="U194" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="195" spans="1:22">
       <c r="A195" t="s">
-        <v>961</v>
+        <v>972</v>
       </c>
       <c r="B195">
         <v>60442187</v>
       </c>
       <c r="C195" t="s">
-        <v>962</v>
+        <v>973</v>
       </c>
       <c r="D195" t="s">
         <v>25</v>
       </c>
       <c r="E195" t="s">
-        <v>963</v>
+        <v>974</v>
       </c>
       <c r="F195" t="s">
         <v>27</v>
       </c>
       <c r="G195" t="s">
         <v>28</v>
       </c>
       <c r="H195" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I195" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="J195" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K195" t="s">
         <v>32</v>
       </c>
       <c r="L195" t="s">
         <v>51</v>
       </c>
       <c r="M195">
         <v>49341189000</v>
       </c>
       <c r="N195">
         <v>49341188743.52</v>
       </c>
       <c r="O195">
         <v>49341188743.52</v>
       </c>
       <c r="T195" t="s">
-        <v>964</v>
+        <v>975</v>
       </c>
       <c r="U195" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="196" spans="1:22">
       <c r="A196" t="s">
-        <v>965</v>
+        <v>976</v>
       </c>
       <c r="B196">
         <v>60528106</v>
       </c>
       <c r="C196" t="s">
-        <v>966</v>
+        <v>977</v>
       </c>
       <c r="D196" t="s">
         <v>25</v>
       </c>
       <c r="E196" t="s">
-        <v>967</v>
+        <v>978</v>
       </c>
       <c r="F196" t="s">
         <v>27</v>
       </c>
       <c r="G196" t="s">
         <v>28</v>
       </c>
       <c r="H196" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I196" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="J196" t="s">
         <v>89</v>
       </c>
       <c r="K196" t="s">
         <v>32</v>
       </c>
       <c r="L196" t="s">
         <v>51</v>
       </c>
       <c r="M196">
         <v>1270829095000</v>
       </c>
       <c r="N196">
         <v>1270829094910.8</v>
       </c>
       <c r="O196">
         <v>1270829094910.8</v>
       </c>
       <c r="P196">
         <v>1270829094910.8</v>
       </c>
       <c r="T196" t="s">
-        <v>968</v>
+        <v>979</v>
       </c>
       <c r="U196" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="197" spans="1:22">
       <c r="A197" t="s">
-        <v>969</v>
+        <v>980</v>
       </c>
       <c r="B197">
         <v>60937976</v>
       </c>
       <c r="C197" t="s">
-        <v>970</v>
+        <v>981</v>
       </c>
       <c r="D197" t="s">
         <v>25</v>
       </c>
       <c r="E197" t="s">
-        <v>971</v>
+        <v>982</v>
       </c>
       <c r="F197" t="s">
         <v>27</v>
       </c>
       <c r="G197" t="s">
         <v>28</v>
       </c>
       <c r="H197" t="s">
         <v>79</v>
       </c>
       <c r="I197" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="J197" t="s">
         <v>89</v>
       </c>
       <c r="K197" t="s">
         <v>32</v>
       </c>
       <c r="L197" t="s">
         <v>51</v>
       </c>
       <c r="M197">
         <v>759650720000</v>
       </c>
       <c r="N197">
         <v>759650720000</v>
       </c>
       <c r="O197">
         <v>759650720000</v>
       </c>
       <c r="P197">
         <v>759650720000</v>
       </c>
       <c r="T197" t="s">
-        <v>968</v>
+        <v>979</v>
       </c>
       <c r="U197" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="198" spans="1:22">
       <c r="A198" t="s">
-        <v>972</v>
+        <v>983</v>
       </c>
       <c r="B198">
         <v>60545477</v>
       </c>
       <c r="C198" t="s">
-        <v>973</v>
+        <v>984</v>
       </c>
       <c r="D198" t="s">
         <v>25</v>
       </c>
       <c r="E198" t="s">
-        <v>974</v>
+        <v>985</v>
       </c>
       <c r="F198" t="s">
         <v>27</v>
       </c>
       <c r="G198" t="s">
         <v>28</v>
       </c>
       <c r="H198" t="s">
         <v>162</v>
       </c>
       <c r="I198" t="s">
         <v>269</v>
       </c>
       <c r="J198" t="s">
         <v>89</v>
       </c>
       <c r="K198" t="s">
         <v>32</v>
       </c>
       <c r="L198" t="s">
         <v>51</v>
       </c>
       <c r="M198">
         <v>730333104000</v>
       </c>
       <c r="N198">
         <v>728211466000</v>
       </c>
       <c r="O198">
         <v>728211466000</v>
       </c>
       <c r="P198">
         <v>728211466000</v>
       </c>
       <c r="T198" t="s">
-        <v>975</v>
+        <v>986</v>
       </c>
       <c r="U198" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="199" spans="1:22">
       <c r="A199" t="s">
-        <v>976</v>
+        <v>987</v>
       </c>
       <c r="B199">
         <v>61184038</v>
       </c>
       <c r="C199" t="s">
-        <v>977</v>
+        <v>988</v>
       </c>
       <c r="D199" t="s">
         <v>25</v>
       </c>
       <c r="E199" t="s">
-        <v>978</v>
+        <v>989</v>
       </c>
       <c r="F199" t="s">
         <v>27</v>
       </c>
       <c r="G199" t="s">
         <v>39</v>
       </c>
       <c r="H199" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I199" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="J199" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="K199" t="s">
         <v>32</v>
       </c>
       <c r="L199" t="s">
         <v>51</v>
       </c>
       <c r="M199">
         <v>51000000000</v>
       </c>
       <c r="N199">
         <v>50999988664.24</v>
       </c>
       <c r="O199">
         <v>50999988664.24</v>
       </c>
       <c r="T199" t="s">
-        <v>975</v>
+        <v>986</v>
       </c>
       <c r="U199" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="200" spans="1:22">
       <c r="A200" t="s">
-        <v>979</v>
+        <v>990</v>
       </c>
       <c r="B200">
         <v>60958577</v>
       </c>
       <c r="C200" t="s">
-        <v>980</v>
+        <v>991</v>
       </c>
       <c r="D200" t="s">
         <v>25</v>
       </c>
       <c r="E200" t="s">
-        <v>981</v>
+        <v>992</v>
       </c>
       <c r="F200" t="s">
         <v>27</v>
       </c>
       <c r="G200" t="s">
         <v>28</v>
       </c>
       <c r="H200" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="I200" t="s">
-        <v>982</v>
+        <v>993</v>
       </c>
       <c r="J200" t="s">
         <v>89</v>
       </c>
       <c r="K200" t="s">
         <v>32</v>
       </c>
       <c r="L200" t="s">
         <v>51</v>
       </c>
       <c r="M200">
         <v>501639365000</v>
       </c>
       <c r="N200">
         <v>501639365000</v>
       </c>
       <c r="O200">
         <v>501639365000</v>
       </c>
       <c r="P200">
         <v>501639365000</v>
       </c>
       <c r="T200" t="s">
-        <v>975</v>
+        <v>986</v>
       </c>
       <c r="U200" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="201" spans="1:22">
       <c r="A201" t="s">
-        <v>983</v>
+        <v>994</v>
       </c>
       <c r="B201">
         <v>60304702</v>
       </c>
       <c r="C201" t="s">
-        <v>984</v>
+        <v>995</v>
       </c>
       <c r="D201" t="s">
         <v>25</v>
       </c>
       <c r="E201" t="s">
-        <v>985</v>
+        <v>996</v>
       </c>
       <c r="F201" t="s">
         <v>27</v>
       </c>
       <c r="G201" t="s">
         <v>28</v>
       </c>
       <c r="H201" t="s">
         <v>102</v>
       </c>
       <c r="I201" t="s">
-        <v>986</v>
+        <v>997</v>
       </c>
       <c r="J201" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="K201" t="s">
         <v>32</v>
       </c>
       <c r="L201" t="s">
         <v>51</v>
       </c>
       <c r="M201">
         <v>28441430000</v>
       </c>
       <c r="N201">
         <v>28441430000</v>
       </c>
       <c r="O201">
         <v>28441430000</v>
       </c>
       <c r="T201" t="s">
-        <v>975</v>
+        <v>986</v>
       </c>
       <c r="U201" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="202" spans="1:22">
       <c r="A202" t="s">
-        <v>987</v>
+        <v>998</v>
       </c>
       <c r="B202">
         <v>60955173</v>
       </c>
       <c r="C202" t="s">
-        <v>988</v>
+        <v>999</v>
       </c>
       <c r="D202" t="s">
         <v>25</v>
       </c>
       <c r="E202" t="s">
-        <v>989</v>
+        <v>1000</v>
       </c>
       <c r="F202" t="s">
         <v>27</v>
       </c>
       <c r="G202" t="s">
         <v>28</v>
       </c>
       <c r="H202" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I202" t="s">
-        <v>990</v>
+        <v>1001</v>
       </c>
       <c r="J202" t="s">
         <v>89</v>
       </c>
       <c r="K202" t="s">
         <v>32</v>
       </c>
       <c r="L202" t="s">
         <v>51</v>
       </c>
       <c r="M202">
         <v>1180305735000</v>
       </c>
       <c r="N202">
         <v>1180305735000</v>
       </c>
       <c r="O202">
         <v>1180305735000</v>
       </c>
       <c r="P202">
         <v>1180305735000</v>
       </c>
       <c r="Q202">
         <v>1180305735000</v>
       </c>
       <c r="R202">
         <v>1180305735000</v>
       </c>
       <c r="S202" t="s">
-        <v>960</v>
+        <v>971</v>
       </c>
       <c r="T202" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="U202" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="203" spans="1:22">
       <c r="A203" t="s">
-        <v>991</v>
+        <v>1002</v>
       </c>
       <c r="B203">
         <v>60541754</v>
       </c>
       <c r="C203" t="s">
-        <v>992</v>
+        <v>1003</v>
       </c>
       <c r="D203" t="s">
         <v>25</v>
       </c>
       <c r="E203" t="s">
-        <v>993</v>
+        <v>1004</v>
       </c>
       <c r="F203" t="s">
         <v>27</v>
       </c>
       <c r="G203" t="s">
         <v>28</v>
       </c>
       <c r="H203" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="I203" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="J203" t="s">
         <v>89</v>
       </c>
       <c r="K203" t="s">
         <v>32</v>
       </c>
       <c r="L203" t="s">
         <v>51</v>
       </c>
       <c r="M203">
         <v>740559270000</v>
       </c>
       <c r="N203">
         <v>740559270000</v>
       </c>
       <c r="O203">
         <v>740559270000</v>
       </c>
       <c r="P203">
         <v>740559270000</v>
       </c>
       <c r="T203" t="s">
-        <v>994</v>
+        <v>866</v>
       </c>
       <c r="U203" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="204" spans="1:22">
       <c r="A204" t="s">
-        <v>995</v>
+        <v>1005</v>
       </c>
       <c r="B204">
         <v>61038774</v>
       </c>
       <c r="C204" t="s">
-        <v>996</v>
+        <v>1006</v>
       </c>
       <c r="D204" t="s">
         <v>25</v>
       </c>
       <c r="E204" t="s">
-        <v>997</v>
+        <v>1007</v>
       </c>
       <c r="F204" t="s">
         <v>27</v>
       </c>
       <c r="G204" t="s">
         <v>28</v>
       </c>
       <c r="H204" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I204" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="J204" t="s">
         <v>89</v>
       </c>
       <c r="K204" t="s">
         <v>32</v>
       </c>
       <c r="L204" t="s">
         <v>51</v>
       </c>
       <c r="M204">
         <v>832657480000</v>
       </c>
       <c r="N204">
         <v>832657480000</v>
       </c>
       <c r="O204">
         <v>832657480000</v>
       </c>
       <c r="P204">
         <v>832657480000</v>
       </c>
       <c r="T204" t="s">
-        <v>994</v>
+        <v>866</v>
       </c>
       <c r="U204" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="205" spans="1:22">
       <c r="A205" t="s">
-        <v>998</v>
+        <v>1008</v>
       </c>
       <c r="B205">
         <v>60937970</v>
       </c>
       <c r="C205" t="s">
-        <v>999</v>
+        <v>1009</v>
       </c>
       <c r="D205" t="s">
         <v>25</v>
       </c>
       <c r="E205" t="s">
-        <v>1000</v>
+        <v>1010</v>
       </c>
       <c r="F205" t="s">
         <v>27</v>
       </c>
       <c r="G205" t="s">
         <v>28</v>
       </c>
       <c r="H205" t="s">
         <v>258</v>
       </c>
       <c r="I205" t="s">
         <v>259</v>
       </c>
       <c r="J205" t="s">
         <v>260</v>
       </c>
       <c r="K205" t="s">
         <v>32</v>
       </c>
       <c r="L205" t="s">
         <v>51</v>
       </c>
       <c r="M205">
         <v>258544975000</v>
       </c>
       <c r="N205">
         <v>258544974998.97</v>
       </c>
       <c r="O205">
         <v>258544974998.97</v>
       </c>
       <c r="P205">
         <v>258544974998.97</v>
       </c>
       <c r="Q205">
         <v>258544974998.97</v>
       </c>
       <c r="R205">
         <v>258544974998.97</v>
       </c>
       <c r="S205" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="T205" t="s">
-        <v>1001</v>
+        <v>1011</v>
       </c>
       <c r="U205" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="206" spans="1:22">
       <c r="A206" t="s">
-        <v>1002</v>
+        <v>1012</v>
       </c>
       <c r="B206">
         <v>12345678911</v>
       </c>
       <c r="C206" t="s">
-        <v>1003</v>
+        <v>1013</v>
       </c>
       <c r="D206" t="s">
         <v>25</v>
       </c>
       <c r="E206" t="s">
-        <v>1004</v>
+        <v>1014</v>
       </c>
       <c r="F206" t="s">
         <v>27</v>
       </c>
       <c r="G206" t="s">
         <v>28</v>
       </c>
       <c r="H206" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I206" t="s">
-        <v>990</v>
+        <v>1001</v>
       </c>
       <c r="J206" t="s">
         <v>89</v>
       </c>
       <c r="K206" t="s">
         <v>32</v>
       </c>
       <c r="L206" t="s">
         <v>51</v>
       </c>
       <c r="M206">
         <v>952445570000</v>
       </c>
       <c r="N206">
         <v>952445570000</v>
       </c>
       <c r="O206">
         <v>952445570000</v>
       </c>
       <c r="P206">
         <v>952445570000</v>
       </c>
       <c r="T206" t="s">
-        <v>1005</v>
+        <v>606</v>
       </c>
       <c r="U206" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="207" spans="1:22">
       <c r="A207" t="s">
-        <v>1006</v>
+        <v>1015</v>
       </c>
       <c r="B207">
         <v>60955182</v>
       </c>
       <c r="C207" t="s">
-        <v>1007</v>
+        <v>1016</v>
       </c>
       <c r="D207" t="s">
         <v>25</v>
       </c>
       <c r="E207" t="s">
-        <v>1008</v>
+        <v>1017</v>
       </c>
       <c r="F207" t="s">
         <v>27</v>
       </c>
       <c r="G207" t="s">
         <v>28</v>
       </c>
       <c r="H207" t="s">
         <v>87</v>
       </c>
       <c r="I207" t="s">
-        <v>1009</v>
+        <v>1018</v>
       </c>
       <c r="J207" t="s">
-        <v>860</v>
+        <v>871</v>
       </c>
       <c r="K207" t="s">
         <v>32</v>
       </c>
       <c r="L207" t="s">
         <v>51</v>
       </c>
       <c r="M207">
         <v>79200000000</v>
       </c>
       <c r="N207">
         <v>79199999862.59</v>
       </c>
       <c r="O207">
         <v>79199999862.59</v>
       </c>
       <c r="Q207">
         <v>79199999862.59</v>
       </c>
       <c r="R207">
         <v>79199999862.59</v>
       </c>
       <c r="S207" t="s">
-        <v>861</v>
+        <v>872</v>
       </c>
       <c r="T207" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="U207" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="208" spans="1:22">
       <c r="A208" t="s">
-        <v>1010</v>
+        <v>1019</v>
       </c>
       <c r="B208">
         <v>60964101</v>
       </c>
       <c r="C208" t="s">
-        <v>1011</v>
+        <v>1020</v>
       </c>
       <c r="D208" t="s">
         <v>25</v>
       </c>
       <c r="E208" t="s">
-        <v>1012</v>
+        <v>1021</v>
       </c>
       <c r="F208" t="s">
         <v>27</v>
       </c>
       <c r="G208" t="s">
         <v>28</v>
       </c>
       <c r="H208" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I208" t="s">
-        <v>1013</v>
+        <v>1022</v>
       </c>
       <c r="J208" t="s">
         <v>89</v>
       </c>
       <c r="K208" t="s">
         <v>32</v>
       </c>
       <c r="L208" t="s">
         <v>51</v>
       </c>
       <c r="M208">
         <v>1334860355000</v>
       </c>
       <c r="N208">
         <v>1334850355758.9</v>
       </c>
       <c r="O208">
         <v>1334850355758.9</v>
       </c>
       <c r="P208">
         <v>1334850355758.9</v>
       </c>
       <c r="T208" t="s">
-        <v>1005</v>
+        <v>606</v>
       </c>
       <c r="U208" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="209" spans="1:22">
       <c r="A209" t="s">
-        <v>1014</v>
+        <v>1023</v>
       </c>
       <c r="B209">
         <v>60892603</v>
       </c>
       <c r="C209" t="s">
-        <v>1015</v>
+        <v>1024</v>
       </c>
       <c r="D209" t="s">
         <v>25</v>
       </c>
       <c r="E209" t="s">
         <v>26</v>
       </c>
       <c r="F209" t="s">
         <v>27</v>
       </c>
       <c r="G209" t="s">
         <v>28</v>
       </c>
       <c r="H209" t="s">
         <v>29</v>
       </c>
       <c r="I209" t="s">
         <v>30</v>
       </c>
       <c r="J209" t="s">
         <v>31</v>
       </c>
       <c r="K209" t="s">
         <v>32</v>
       </c>
       <c r="L209" t="s">
         <v>51</v>
       </c>
       <c r="M209">
         <v>15000000000</v>
       </c>
       <c r="N209">
         <v>14745150410.05</v>
       </c>
+      <c r="Q209">
+        <v>14745150410.05</v>
+      </c>
+      <c r="R209">
+        <v>14745150410.05</v>
+      </c>
+      <c r="S209" t="s">
+        <v>1025</v>
+      </c>
       <c r="T209" t="s">
-        <v>809</v>
+        <v>520</v>
       </c>
       <c r="U209" t="s">
-        <v>279</v>
+        <v>54</v>
       </c>
     </row>
     <row r="210" spans="1:22">
       <c r="A210" t="s">
-        <v>1016</v>
+        <v>1026</v>
       </c>
       <c r="B210">
         <v>60964110</v>
       </c>
       <c r="C210" t="s">
-        <v>1017</v>
+        <v>1027</v>
       </c>
       <c r="D210" t="s">
         <v>25</v>
       </c>
       <c r="E210" t="s">
-        <v>1018</v>
+        <v>1028</v>
       </c>
       <c r="F210" t="s">
         <v>27</v>
       </c>
       <c r="G210" t="s">
         <v>28</v>
       </c>
       <c r="H210" t="s">
         <v>215</v>
       </c>
       <c r="I210" t="s">
         <v>216</v>
       </c>
       <c r="J210" t="s">
         <v>89</v>
       </c>
       <c r="K210" t="s">
         <v>32</v>
       </c>
       <c r="L210" t="s">
         <v>51</v>
       </c>
       <c r="M210">
         <v>545745160000</v>
       </c>
       <c r="N210">
         <v>545745160000</v>
       </c>
       <c r="O210">
         <v>545745160000</v>
       </c>
       <c r="P210">
         <v>545745160000</v>
       </c>
+      <c r="Q210">
+        <v>545745160000</v>
+      </c>
+      <c r="R210">
+        <v>545745160000</v>
+      </c>
+      <c r="S210" t="s">
+        <v>1029</v>
+      </c>
       <c r="T210" t="s">
-        <v>809</v>
+        <v>158</v>
       </c>
       <c r="U210" t="s">
-        <v>439</v>
+        <v>54</v>
       </c>
     </row>
     <row r="211" spans="1:22">
       <c r="A211" t="s">
-        <v>1019</v>
+        <v>1030</v>
       </c>
       <c r="B211">
         <v>60987038</v>
       </c>
       <c r="C211" t="s">
-        <v>1020</v>
+        <v>1031</v>
       </c>
       <c r="D211" t="s">
         <v>25</v>
       </c>
       <c r="E211" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="F211" t="s">
         <v>27</v>
       </c>
       <c r="G211" t="s">
         <v>28</v>
       </c>
       <c r="H211" t="s">
         <v>275</v>
       </c>
       <c r="I211" t="s">
-        <v>749</v>
+        <v>775</v>
       </c>
       <c r="J211" t="s">
         <v>277</v>
       </c>
       <c r="K211" t="s">
         <v>32</v>
       </c>
       <c r="L211" t="s">
         <v>51</v>
       </c>
       <c r="M211">
         <v>250824710000</v>
       </c>
       <c r="N211">
         <v>250756718409.13</v>
       </c>
       <c r="O211">
         <v>250756718409.13</v>
       </c>
       <c r="P211">
         <v>250756718409.13</v>
       </c>
       <c r="T211" t="s">
-        <v>809</v>
+        <v>1032</v>
       </c>
       <c r="U211" t="s">
-        <v>91</v>
+        <v>440</v>
       </c>
     </row>
     <row r="212" spans="1:22">
       <c r="A212" t="s">
-        <v>1021</v>
+        <v>1033</v>
       </c>
       <c r="B212">
         <v>60279987</v>
       </c>
       <c r="C212" t="s">
-        <v>1022</v>
+        <v>1034</v>
       </c>
       <c r="D212" t="s">
         <v>25</v>
       </c>
       <c r="E212" t="s">
-        <v>1023</v>
+        <v>1035</v>
       </c>
       <c r="F212" t="s">
         <v>27</v>
       </c>
       <c r="G212" t="s">
         <v>28</v>
       </c>
       <c r="H212" t="s">
-        <v>895</v>
+        <v>906</v>
       </c>
       <c r="I212" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="J212" t="s">
-        <v>897</v>
+        <v>908</v>
       </c>
       <c r="K212" t="s">
         <v>32</v>
       </c>
       <c r="L212" t="s">
         <v>51</v>
       </c>
       <c r="M212">
         <v>47307358000</v>
       </c>
       <c r="N212">
         <v>47307358000</v>
       </c>
       <c r="O212">
         <v>47307358000</v>
       </c>
       <c r="Q212">
         <v>47307358000</v>
       </c>
       <c r="R212">
         <v>47307358000</v>
       </c>
       <c r="S212" t="s">
-        <v>1024</v>
+        <v>1036</v>
       </c>
       <c r="T212" t="s">
-        <v>926</v>
+        <v>936</v>
       </c>
       <c r="U212" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="213" spans="1:22">
       <c r="A213" t="s">
-        <v>1025</v>
+        <v>1037</v>
       </c>
       <c r="B213">
         <v>60512124</v>
       </c>
       <c r="C213" t="s">
-        <v>1026</v>
+        <v>1038</v>
       </c>
       <c r="D213" t="s">
         <v>25</v>
       </c>
       <c r="E213" t="s">
-        <v>1027</v>
+        <v>1039</v>
       </c>
       <c r="F213" t="s">
         <v>27</v>
       </c>
       <c r="G213" t="s">
         <v>28</v>
       </c>
       <c r="H213" t="s">
         <v>29</v>
       </c>
       <c r="I213" t="s">
         <v>30</v>
       </c>
       <c r="J213" t="s">
         <v>31</v>
       </c>
       <c r="K213" t="s">
         <v>32</v>
       </c>
       <c r="L213" t="s">
         <v>51</v>
       </c>
       <c r="M213">
         <v>45391848000</v>
       </c>
       <c r="N213">
         <v>38548374136.62</v>
       </c>
       <c r="O213">
         <v>38548374136.62</v>
       </c>
       <c r="Q213">
         <v>38548374136.62</v>
       </c>
       <c r="R213">
         <v>38548374136.62</v>
       </c>
       <c r="S213" t="s">
-        <v>960</v>
+        <v>971</v>
       </c>
       <c r="T213" t="s">
-        <v>926</v>
+        <v>936</v>
       </c>
       <c r="U213" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="214" spans="1:22">
       <c r="A214" t="s">
-        <v>1028</v>
+        <v>1040</v>
       </c>
       <c r="B214">
         <v>60955174</v>
       </c>
       <c r="C214" t="s">
-        <v>1029</v>
+        <v>1041</v>
       </c>
       <c r="D214" t="s">
         <v>25</v>
       </c>
       <c r="E214" t="s">
-        <v>1030</v>
+        <v>1042</v>
       </c>
       <c r="F214" t="s">
         <v>27</v>
       </c>
       <c r="G214" t="s">
         <v>28</v>
       </c>
       <c r="H214" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I214" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="J214" t="s">
         <v>89</v>
       </c>
       <c r="K214" t="s">
         <v>32</v>
       </c>
       <c r="L214" t="s">
         <v>51</v>
       </c>
       <c r="M214">
         <v>1212533565000</v>
       </c>
       <c r="N214">
         <v>1212533565000</v>
       </c>
       <c r="O214">
         <v>1212533565000</v>
       </c>
       <c r="P214">
         <v>1212533565000</v>
       </c>
       <c r="Q214">
         <v>1212533565000</v>
       </c>
       <c r="R214">
         <v>1212533565000</v>
       </c>
       <c r="S214" t="s">
-        <v>1031</v>
+        <v>1043</v>
       </c>
       <c r="T214" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="U214" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="215" spans="1:22">
       <c r="A215" t="s">
-        <v>1032</v>
+        <v>1044</v>
       </c>
       <c r="B215">
         <v>60955175</v>
       </c>
       <c r="C215" t="s">
-        <v>1033</v>
+        <v>1045</v>
       </c>
       <c r="D215" t="s">
         <v>25</v>
       </c>
       <c r="E215" t="s">
-        <v>1034</v>
+        <v>1046</v>
       </c>
       <c r="F215" t="s">
         <v>27</v>
       </c>
       <c r="G215" t="s">
         <v>28</v>
       </c>
       <c r="H215" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I215" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="J215" t="s">
         <v>89</v>
       </c>
       <c r="K215" t="s">
         <v>32</v>
       </c>
       <c r="L215" t="s">
         <v>51</v>
       </c>
       <c r="M215">
         <v>1229346010000</v>
       </c>
       <c r="N215">
         <v>1229346010000</v>
       </c>
       <c r="O215">
         <v>1229346010000</v>
       </c>
       <c r="P215">
         <v>1229346010000</v>
       </c>
       <c r="Q215">
         <v>1229346010000</v>
       </c>
       <c r="R215">
         <v>1229346010000</v>
       </c>
       <c r="S215" t="s">
-        <v>1031</v>
+        <v>1043</v>
       </c>
       <c r="T215" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="U215" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="216" spans="1:22">
       <c r="A216" t="s">
-        <v>1035</v>
+        <v>1047</v>
       </c>
       <c r="B216">
         <v>60987074</v>
       </c>
       <c r="C216" t="s">
-        <v>1036</v>
+        <v>1048</v>
       </c>
       <c r="D216" t="s">
         <v>25</v>
       </c>
       <c r="E216" t="s">
-        <v>1037</v>
+        <v>1049</v>
       </c>
       <c r="F216" t="s">
         <v>27</v>
       </c>
       <c r="G216" t="s">
         <v>28</v>
       </c>
       <c r="H216" t="s">
         <v>102</v>
       </c>
       <c r="I216" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="J216" t="s">
         <v>50</v>
       </c>
       <c r="K216" t="s">
         <v>32</v>
       </c>
       <c r="L216" t="s">
         <v>51</v>
       </c>
       <c r="M216">
         <v>240254160000</v>
       </c>
       <c r="N216">
         <v>240254160000</v>
       </c>
       <c r="O216">
         <v>240254160000</v>
       </c>
       <c r="P216">
         <v>240254160000</v>
       </c>
       <c r="T216" t="s">
-        <v>1038</v>
+        <v>1050</v>
       </c>
       <c r="U216" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="217" spans="1:22">
       <c r="A217" t="s">
-        <v>1039</v>
+        <v>1051</v>
       </c>
       <c r="B217">
         <v>60987039</v>
       </c>
       <c r="C217" t="s">
-        <v>1040</v>
+        <v>1052</v>
       </c>
       <c r="D217" t="s">
         <v>25</v>
       </c>
       <c r="E217" t="s">
-        <v>1041</v>
+        <v>1053</v>
       </c>
       <c r="F217" t="s">
         <v>27</v>
       </c>
       <c r="G217" t="s">
         <v>28</v>
       </c>
       <c r="H217" t="s">
-        <v>895</v>
+        <v>906</v>
       </c>
       <c r="I217" t="s">
-        <v>1042</v>
+        <v>1054</v>
       </c>
       <c r="J217" t="s">
-        <v>897</v>
+        <v>908</v>
       </c>
       <c r="K217" t="s">
         <v>32</v>
       </c>
       <c r="L217" t="s">
         <v>51</v>
       </c>
       <c r="M217">
         <v>250429885000</v>
       </c>
       <c r="N217">
         <v>250429885000</v>
       </c>
       <c r="O217">
         <v>250429885000</v>
       </c>
       <c r="P217">
         <v>250429885000</v>
       </c>
+      <c r="Q217">
+        <v>250429885000</v>
+      </c>
+      <c r="R217">
+        <v>250429885000</v>
+      </c>
+      <c r="S217" t="s">
+        <v>1055</v>
+      </c>
       <c r="T217" t="s">
-        <v>1038</v>
+        <v>189</v>
       </c>
       <c r="U217" t="s">
-        <v>478</v>
+        <v>54</v>
       </c>
     </row>
     <row r="218" spans="1:22">
       <c r="A218" t="s">
-        <v>1043</v>
+        <v>1056</v>
       </c>
       <c r="B218">
         <v>60528104</v>
       </c>
       <c r="C218" t="s">
-        <v>1044</v>
+        <v>1057</v>
       </c>
       <c r="D218" t="s">
         <v>25</v>
       </c>
       <c r="E218" t="s">
-        <v>1045</v>
+        <v>1058</v>
       </c>
       <c r="F218" t="s">
         <v>27</v>
       </c>
       <c r="G218" t="s">
         <v>28</v>
       </c>
       <c r="H218" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="I218" t="s">
-        <v>1046</v>
+        <v>1059</v>
       </c>
       <c r="J218" t="s">
         <v>89</v>
       </c>
       <c r="K218" t="s">
         <v>32</v>
       </c>
       <c r="L218" t="s">
         <v>51</v>
       </c>
       <c r="M218">
         <v>472461412000</v>
       </c>
       <c r="N218">
         <v>472461412000</v>
       </c>
       <c r="O218">
         <v>472461412000</v>
       </c>
       <c r="P218">
         <v>472461412000</v>
       </c>
       <c r="T218" t="s">
-        <v>359</v>
+        <v>538</v>
       </c>
       <c r="U218" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="219" spans="1:22">
       <c r="A219" t="s">
-        <v>1047</v>
+        <v>1060</v>
       </c>
       <c r="B219">
         <v>60541756</v>
       </c>
       <c r="C219" t="s">
-        <v>1048</v>
+        <v>1061</v>
       </c>
       <c r="D219" t="s">
         <v>25</v>
       </c>
       <c r="E219" t="s">
-        <v>1049</v>
+        <v>1062</v>
       </c>
       <c r="F219" t="s">
         <v>27</v>
       </c>
       <c r="G219" t="s">
         <v>28</v>
       </c>
       <c r="H219" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="I219" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="J219" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K219" t="s">
         <v>32</v>
       </c>
       <c r="L219" t="s">
         <v>51</v>
       </c>
       <c r="M219">
         <v>239445195000</v>
       </c>
       <c r="N219">
         <v>239445195000</v>
       </c>
       <c r="O219">
         <v>239445195000</v>
       </c>
       <c r="P219">
         <v>239445195000</v>
       </c>
       <c r="T219" t="s">
-        <v>331</v>
+        <v>602</v>
       </c>
       <c r="U219" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="220" spans="1:22">
       <c r="A220" t="s">
-        <v>1050</v>
+        <v>1063</v>
       </c>
       <c r="B220">
         <v>61914224</v>
       </c>
       <c r="C220" t="s">
-        <v>1051</v>
+        <v>1064</v>
       </c>
       <c r="D220" t="s">
         <v>25</v>
       </c>
       <c r="E220" t="s">
-        <v>1052</v>
+        <v>1065</v>
       </c>
       <c r="F220" t="s">
         <v>27</v>
       </c>
       <c r="G220" t="s">
         <v>101</v>
       </c>
       <c r="H220" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I220" t="s">
-        <v>1053</v>
+        <v>1066</v>
       </c>
       <c r="J220" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="K220" t="s">
         <v>32</v>
       </c>
       <c r="L220" t="s">
-        <v>1054</v>
+        <v>613</v>
       </c>
       <c r="M220">
         <v>51000000000</v>
       </c>
+      <c r="N220">
+        <v>51000000000</v>
+      </c>
+      <c r="O220">
+        <v>51000000000</v>
+      </c>
       <c r="T220" t="s">
-        <v>338</v>
+        <v>222</v>
       </c>
       <c r="U220" t="s">
-        <v>35</v>
+        <v>279</v>
       </c>
     </row>
     <row r="221" spans="1:22">
       <c r="A221" t="s">
-        <v>1055</v>
+        <v>1067</v>
       </c>
       <c r="B221">
         <v>61381959</v>
       </c>
       <c r="C221" t="s">
-        <v>1056</v>
+        <v>1068</v>
       </c>
       <c r="D221" t="s">
         <v>25</v>
       </c>
       <c r="E221" t="s">
-        <v>1057</v>
+        <v>1069</v>
       </c>
       <c r="F221" t="s">
         <v>27</v>
       </c>
       <c r="G221" t="s">
         <v>28</v>
       </c>
       <c r="H221" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I221" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="J221" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="K221" t="s">
         <v>32</v>
       </c>
       <c r="L221" t="s">
         <v>51</v>
       </c>
       <c r="M221">
         <v>12000000000</v>
       </c>
       <c r="N221">
         <v>12000000000</v>
       </c>
       <c r="Q221">
         <v>12000000000</v>
       </c>
       <c r="R221">
         <v>12000000000</v>
       </c>
       <c r="S221" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="T221" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="U221" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="222" spans="1:22">
       <c r="A222" t="s">
-        <v>1058</v>
+        <v>1070</v>
       </c>
       <c r="B222">
         <v>61062531</v>
       </c>
       <c r="C222" t="s">
-        <v>1059</v>
+        <v>1071</v>
       </c>
       <c r="D222" t="s">
         <v>225</v>
       </c>
       <c r="E222" t="s">
-        <v>1060</v>
+        <v>1072</v>
       </c>
       <c r="F222" t="s">
         <v>27</v>
       </c>
       <c r="G222" t="s">
         <v>101</v>
       </c>
       <c r="H222" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I222" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="J222" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="K222" t="s">
         <v>32</v>
       </c>
       <c r="L222" t="s">
         <v>51</v>
       </c>
       <c r="M222">
         <v>82000000000</v>
       </c>
       <c r="N222">
         <v>82000000000</v>
       </c>
       <c r="O222">
         <v>82000000000</v>
       </c>
       <c r="Q222">
         <v>82000000000</v>
       </c>
       <c r="R222">
         <v>82000000000</v>
       </c>
       <c r="S222" t="s">
-        <v>1061</v>
+        <v>1073</v>
       </c>
       <c r="T222" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="U222" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="223" spans="1:22">
       <c r="A223" t="s">
-        <v>1062</v>
+        <v>1074</v>
       </c>
       <c r="B223">
         <v>60964109</v>
       </c>
       <c r="C223" t="s">
-        <v>1063</v>
+        <v>1075</v>
       </c>
       <c r="D223" t="s">
         <v>25</v>
       </c>
       <c r="E223" t="s">
-        <v>1064</v>
+        <v>1076</v>
       </c>
       <c r="F223" t="s">
         <v>27</v>
       </c>
       <c r="G223" t="s">
         <v>28</v>
       </c>
       <c r="H223" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="I223" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="J223" t="s">
         <v>89</v>
       </c>
       <c r="K223" t="s">
         <v>32</v>
       </c>
       <c r="L223" t="s">
         <v>51</v>
       </c>
       <c r="M223">
         <v>768731540000</v>
       </c>
       <c r="N223">
         <v>768731539950.56</v>
       </c>
       <c r="O223">
         <v>768731539950.56</v>
       </c>
       <c r="P223">
         <v>768731539950.56</v>
       </c>
       <c r="T223" t="s">
-        <v>1065</v>
+        <v>301</v>
       </c>
       <c r="U223" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="224" spans="1:22">
       <c r="A224" t="s">
-        <v>1066</v>
+        <v>1077</v>
       </c>
       <c r="B224">
         <v>60987063</v>
       </c>
       <c r="C224" t="s">
-        <v>1067</v>
+        <v>1078</v>
       </c>
       <c r="D224" t="s">
         <v>25</v>
       </c>
       <c r="E224" t="s">
-        <v>1068</v>
+        <v>1079</v>
       </c>
       <c r="F224" t="s">
         <v>27</v>
       </c>
       <c r="G224" t="s">
         <v>28</v>
       </c>
       <c r="H224" t="s">
         <v>172</v>
       </c>
       <c r="I224" t="s">
         <v>173</v>
       </c>
       <c r="J224" t="s">
         <v>89</v>
       </c>
       <c r="K224" t="s">
         <v>32</v>
       </c>
       <c r="L224" t="s">
         <v>51</v>
       </c>
       <c r="M224">
         <v>504817195000</v>
       </c>
       <c r="N224">
         <v>504817195000</v>
       </c>
       <c r="O224">
         <v>504817195000</v>
       </c>
       <c r="P224">
         <v>504817195000</v>
       </c>
       <c r="T224" t="s">
-        <v>1065</v>
+        <v>301</v>
       </c>
       <c r="U224" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="225" spans="1:22">
       <c r="A225" t="s">
-        <v>1069</v>
+        <v>1080</v>
       </c>
       <c r="B225">
         <v>60528111</v>
       </c>
       <c r="C225" t="s">
-        <v>1070</v>
+        <v>1081</v>
       </c>
       <c r="D225" t="s">
         <v>25</v>
       </c>
       <c r="E225" t="s">
-        <v>1071</v>
+        <v>1082</v>
       </c>
       <c r="F225" t="s">
         <v>27</v>
       </c>
       <c r="G225" t="s">
         <v>28</v>
       </c>
       <c r="H225" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="I225" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="J225" t="s">
         <v>89</v>
       </c>
       <c r="K225" t="s">
         <v>32</v>
       </c>
       <c r="L225" t="s">
         <v>51</v>
       </c>
       <c r="M225">
         <v>676284738000</v>
       </c>
       <c r="N225">
         <v>676275354195.15</v>
       </c>
       <c r="O225">
         <v>676275354195.15</v>
       </c>
       <c r="P225">
         <v>676275354195.15</v>
       </c>
       <c r="T225" t="s">
-        <v>1072</v>
+        <v>417</v>
       </c>
       <c r="U225" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="226" spans="1:22">
       <c r="A226" t="s">
-        <v>1073</v>
+        <v>1083</v>
       </c>
       <c r="B226">
         <v>60534254</v>
       </c>
       <c r="C226" t="s">
-        <v>1074</v>
+        <v>1084</v>
       </c>
       <c r="D226" t="s">
         <v>25</v>
       </c>
       <c r="E226" t="s">
-        <v>1075</v>
+        <v>1085</v>
       </c>
       <c r="F226" t="s">
         <v>27</v>
       </c>
       <c r="G226" t="s">
         <v>28</v>
       </c>
       <c r="H226" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="I226" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="J226" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="K226" t="s">
         <v>32</v>
       </c>
       <c r="L226" t="s">
         <v>51</v>
       </c>
       <c r="M226">
         <v>248260250000</v>
       </c>
       <c r="N226">
         <v>247586257709.55</v>
       </c>
       <c r="O226">
         <v>247586257709.55</v>
       </c>
       <c r="P226">
         <v>247586257709.55</v>
       </c>
       <c r="Q226">
         <v>247586257709.55</v>
       </c>
       <c r="R226">
         <v>247586257709.55</v>
       </c>
       <c r="S226" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="T226" t="s">
-        <v>943</v>
+        <v>954</v>
       </c>
       <c r="U226" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="227" spans="1:22">
       <c r="A227" t="s">
-        <v>1077</v>
+        <v>1087</v>
       </c>
       <c r="B227">
         <v>62993023</v>
       </c>
       <c r="C227" t="s">
-        <v>1078</v>
+        <v>1088</v>
       </c>
       <c r="D227" t="s">
         <v>25</v>
       </c>
       <c r="E227" t="s">
-        <v>1079</v>
+        <v>1089</v>
       </c>
       <c r="F227" t="s">
         <v>27</v>
       </c>
       <c r="G227" t="s">
         <v>28</v>
       </c>
       <c r="H227" t="s">
         <v>227</v>
       </c>
       <c r="I227" t="s">
         <v>228</v>
       </c>
       <c r="J227" t="s">
         <v>89</v>
       </c>
       <c r="K227" t="s">
         <v>32</v>
       </c>
       <c r="L227" t="s">
-        <v>1054</v>
+        <v>613</v>
       </c>
       <c r="M227">
         <v>825066951000</v>
       </c>
       <c r="T227" t="s">
-        <v>1080</v>
+        <v>1090</v>
       </c>
       <c r="U227" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="228" spans="1:22">
       <c r="A228" t="s">
-        <v>1081</v>
+        <v>1091</v>
       </c>
       <c r="B228" t="s">
-        <v>1082</v>
+        <v>1092</v>
       </c>
       <c r="C228" t="s">
-        <v>1083</v>
+        <v>1093</v>
       </c>
       <c r="D228" t="s">
         <v>25</v>
       </c>
       <c r="E228" t="s">
-        <v>1084</v>
+        <v>1094</v>
       </c>
       <c r="F228" t="s">
         <v>27</v>
       </c>
       <c r="G228" t="s">
         <v>28</v>
       </c>
       <c r="H228" t="s">
-        <v>895</v>
+        <v>906</v>
       </c>
       <c r="I228" t="s">
-        <v>1085</v>
+        <v>1095</v>
       </c>
       <c r="J228" t="s">
-        <v>897</v>
+        <v>908</v>
       </c>
       <c r="K228" t="s">
         <v>32</v>
       </c>
       <c r="L228" t="s">
-        <v>1054</v>
+        <v>613</v>
       </c>
       <c r="M228">
         <v>28104555000</v>
       </c>
       <c r="T228" t="s">
-        <v>1080</v>
+        <v>1090</v>
       </c>
       <c r="U228" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="229" spans="1:22">
       <c r="A229" t="s">
-        <v>1086</v>
+        <v>1096</v>
       </c>
       <c r="B229">
         <v>61643238</v>
       </c>
       <c r="C229" t="s">
-        <v>1087</v>
+        <v>1097</v>
       </c>
       <c r="D229" t="s">
         <v>25</v>
       </c>
       <c r="E229" t="s">
-        <v>1088</v>
+        <v>1098</v>
       </c>
       <c r="F229" t="s">
         <v>27</v>
       </c>
       <c r="G229" t="s">
         <v>28</v>
       </c>
       <c r="H229" t="s">
         <v>29</v>
       </c>
       <c r="I229" t="s">
         <v>30</v>
       </c>
       <c r="J229" t="s">
         <v>31</v>
       </c>
       <c r="K229" t="s">
         <v>32</v>
       </c>
       <c r="L229" t="s">
         <v>51</v>
       </c>
       <c r="M229">
         <v>263962330000</v>
       </c>
       <c r="T229" t="s">
-        <v>1089</v>
+        <v>332</v>
       </c>
       <c r="U229" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="230" spans="1:22">
       <c r="A230" t="s">
-        <v>1090</v>
+        <v>1099</v>
       </c>
       <c r="B230">
         <v>61411818</v>
       </c>
       <c r="C230" t="s">
-        <v>1091</v>
+        <v>1100</v>
       </c>
       <c r="D230" t="s">
         <v>25</v>
       </c>
       <c r="E230" t="s">
-        <v>1092</v>
+        <v>1101</v>
       </c>
       <c r="F230" t="s">
         <v>27</v>
       </c>
       <c r="G230" t="s">
         <v>101</v>
       </c>
       <c r="H230" t="s">
         <v>29</v>
       </c>
       <c r="I230" t="s">
         <v>30</v>
       </c>
       <c r="J230" t="s">
         <v>31</v>
       </c>
       <c r="K230" t="s">
         <v>32</v>
       </c>
       <c r="L230" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="M230">
         <v>325000000000</v>
       </c>
       <c r="T230" t="s">
-        <v>1089</v>
+        <v>332</v>
       </c>
       <c r="U230" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="231" spans="1:22">
+      <c r="A231" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B231">
+        <v>65340862</v>
+      </c>
+      <c r="C231" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D231" t="s">
+        <v>25</v>
+      </c>
+      <c r="E231" t="s">
+        <v>857</v>
+      </c>
+      <c r="F231" t="s">
+        <v>27</v>
+      </c>
+      <c r="G231" t="s">
+        <v>28</v>
+      </c>
+      <c r="H231" t="s">
+        <v>180</v>
+      </c>
+      <c r="I231" t="s">
+        <v>1104</v>
+      </c>
+      <c r="J231" t="s">
+        <v>89</v>
+      </c>
+      <c r="K231" t="s">
+        <v>32</v>
+      </c>
+      <c r="L231" t="s">
+        <v>613</v>
+      </c>
+      <c r="M231">
+        <v>680144336000</v>
+      </c>
+      <c r="T231" t="s">
+        <v>343</v>
+      </c>
+      <c r="U231" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="232" spans="1:22">
+      <c r="A232" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B232">
+        <v>12345678</v>
+      </c>
+      <c r="C232" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D232" t="s">
+        <v>25</v>
+      </c>
+      <c r="E232" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F232" t="s">
+        <v>27</v>
+      </c>
+      <c r="G232" t="s">
+        <v>28</v>
+      </c>
+      <c r="H232" t="s">
+        <v>467</v>
+      </c>
+      <c r="I232" t="s">
+        <v>473</v>
+      </c>
+      <c r="J232" t="s">
+        <v>299</v>
+      </c>
+      <c r="K232" t="s">
+        <v>32</v>
+      </c>
+      <c r="L232" t="s">
+        <v>613</v>
+      </c>
+      <c r="M232">
+        <v>30000000</v>
+      </c>
+      <c r="T232" t="s">
+        <v>238</v>
+      </c>
+      <c r="U232" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="233" spans="1:22">
+      <c r="A233" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B233">
+        <v>87654321</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D233" t="s">
+        <v>25</v>
+      </c>
+      <c r="E233" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F233" t="s">
+        <v>27</v>
+      </c>
+      <c r="G233" t="s">
+        <v>28</v>
+      </c>
+      <c r="H233" t="s">
+        <v>467</v>
+      </c>
+      <c r="I233" t="s">
+        <v>473</v>
+      </c>
+      <c r="J233" t="s">
+        <v>299</v>
+      </c>
+      <c r="K233" t="s">
+        <v>32</v>
+      </c>
+      <c r="L233" t="s">
+        <v>33</v>
+      </c>
+      <c r="M233">
+        <v>49800000000</v>
+      </c>
+      <c r="T233" t="s">
+        <v>238</v>
+      </c>
+      <c r="U233" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="234" spans="1:22">
+      <c r="A234" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B234">
+        <v>63673602</v>
+      </c>
+      <c r="C234" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D234" t="s">
+        <v>25</v>
+      </c>
+      <c r="E234" t="s">
+        <v>609</v>
+      </c>
+      <c r="F234" t="s">
+        <v>27</v>
+      </c>
+      <c r="G234" t="s">
+        <v>28</v>
+      </c>
+      <c r="H234" t="s">
+        <v>610</v>
+      </c>
+      <c r="I234" t="s">
+        <v>611</v>
+      </c>
+      <c r="J234" t="s">
+        <v>612</v>
+      </c>
+      <c r="K234" t="s">
+        <v>32</v>
+      </c>
+      <c r="L234" t="s">
+        <v>613</v>
+      </c>
+      <c r="M234">
+        <v>62182187000</v>
+      </c>
+      <c r="N234">
+        <v>62182187000</v>
+      </c>
+      <c r="O234">
+        <v>62182187000</v>
+      </c>
+      <c r="T234" t="s">
+        <v>176</v>
+      </c>
+      <c r="U234" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="235" spans="1:22">
+      <c r="A235" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B235">
+        <v>65838462</v>
+      </c>
+      <c r="C235" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D235" t="s">
+        <v>25</v>
+      </c>
+      <c r="E235" t="s">
+        <v>774</v>
+      </c>
+      <c r="F235" t="s">
+        <v>27</v>
+      </c>
+      <c r="G235" t="s">
+        <v>28</v>
+      </c>
+      <c r="H235" t="s">
+        <v>275</v>
+      </c>
+      <c r="I235" t="s">
+        <v>775</v>
+      </c>
+      <c r="J235" t="s">
+        <v>277</v>
+      </c>
+      <c r="K235" t="s">
+        <v>32</v>
+      </c>
+      <c r="L235" t="s">
+        <v>613</v>
+      </c>
+      <c r="M235">
+        <v>194389150000</v>
+      </c>
+      <c r="N235">
+        <v>194389150000</v>
+      </c>
+      <c r="O235">
+        <v>194389150000</v>
+      </c>
+      <c r="T235" t="s">
+        <v>962</v>
+      </c>
+      <c r="U235" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="236" spans="1:22">
+      <c r="A236" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B236">
+        <v>65787910</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D236" t="s">
+        <v>25</v>
+      </c>
+      <c r="E236" t="s">
+        <v>774</v>
+      </c>
+      <c r="F236" t="s">
+        <v>27</v>
+      </c>
+      <c r="G236" t="s">
+        <v>28</v>
+      </c>
+      <c r="H236" t="s">
+        <v>275</v>
+      </c>
+      <c r="I236" t="s">
+        <v>775</v>
+      </c>
+      <c r="J236" t="s">
+        <v>277</v>
+      </c>
+      <c r="K236" t="s">
+        <v>32</v>
+      </c>
+      <c r="L236" t="s">
+        <v>613</v>
+      </c>
+      <c r="M236">
+        <v>25000000000</v>
+      </c>
+      <c r="N236">
+        <v>24999142380.68</v>
+      </c>
+      <c r="O236">
+        <v>24999142380.68</v>
+      </c>
+      <c r="T236" t="s">
+        <v>557</v>
+      </c>
+      <c r="U236" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="237" spans="1:22">
+      <c r="A237" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B237">
+        <v>66248183</v>
+      </c>
+      <c r="C237" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D237" t="s">
+        <v>25</v>
+      </c>
+      <c r="E237" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F237" t="s">
+        <v>27</v>
+      </c>
+      <c r="G237" t="s">
+        <v>101</v>
+      </c>
+      <c r="H237" t="s">
+        <v>275</v>
+      </c>
+      <c r="I237" t="s">
+        <v>1121</v>
+      </c>
+      <c r="J237" t="s">
+        <v>277</v>
+      </c>
+      <c r="K237" t="s">
+        <v>32</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1122</v>
+      </c>
+      <c r="M237">
+        <v>199000000000</v>
+      </c>
+      <c r="T237" t="s">
+        <v>686</v>
+      </c>
+      <c r="U237" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="238" spans="1:22">
+      <c r="A238" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B238">
+        <v>66516142</v>
+      </c>
+      <c r="C238" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D238" t="s">
+        <v>25</v>
+      </c>
+      <c r="E238" t="s">
+        <v>1125</v>
+      </c>
+      <c r="F238" t="s">
+        <v>27</v>
+      </c>
+      <c r="G238" t="s">
+        <v>39</v>
+      </c>
+      <c r="H238" t="s">
+        <v>193</v>
+      </c>
+      <c r="I238" t="s">
+        <v>1126</v>
+      </c>
+      <c r="J238" t="s">
+        <v>195</v>
+      </c>
+      <c r="K238" t="s">
+        <v>32</v>
+      </c>
+      <c r="L238" t="s">
+        <v>613</v>
+      </c>
+      <c r="M238">
+        <v>16500000000</v>
+      </c>
+      <c r="T238" t="s">
+        <v>506</v>
+      </c>
+      <c r="U238" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="239" spans="1:22">
+      <c r="A239" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B239">
+        <v>66097887</v>
+      </c>
+      <c r="C239" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D239" t="s">
+        <v>25</v>
+      </c>
+      <c r="E239" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F239" t="s">
+        <v>27</v>
+      </c>
+      <c r="G239" t="s">
+        <v>28</v>
+      </c>
+      <c r="H239" t="s">
+        <v>102</v>
+      </c>
+      <c r="I239" t="s">
+        <v>1130</v>
+      </c>
+      <c r="J239" t="s">
+        <v>454</v>
+      </c>
+      <c r="K239" t="s">
+        <v>32</v>
+      </c>
+      <c r="L239" t="s">
+        <v>613</v>
+      </c>
+      <c r="M239">
+        <v>3027568000</v>
+      </c>
+      <c r="N239">
+        <v>3027567005.39</v>
+      </c>
+      <c r="T239" t="s">
+        <v>1131</v>
+      </c>
+      <c r="U239" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="240" spans="1:22">
+      <c r="A240" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B240">
+        <v>66097888</v>
+      </c>
+      <c r="C240" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D240" t="s">
+        <v>25</v>
+      </c>
+      <c r="E240" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F240" t="s">
+        <v>27</v>
+      </c>
+      <c r="G240" t="s">
+        <v>28</v>
+      </c>
+      <c r="H240" t="s">
+        <v>102</v>
+      </c>
+      <c r="I240" t="s">
+        <v>1134</v>
+      </c>
+      <c r="J240" t="s">
+        <v>454</v>
+      </c>
+      <c r="K240" t="s">
+        <v>32</v>
+      </c>
+      <c r="L240" t="s">
+        <v>613</v>
+      </c>
+      <c r="M240">
+        <v>2875524000</v>
+      </c>
+      <c r="N240">
+        <v>2875523180.9</v>
+      </c>
+      <c r="T240" t="s">
+        <v>1135</v>
+      </c>
+      <c r="U240" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="241" spans="1:22">
+      <c r="A241" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B241">
+        <v>65340862</v>
+      </c>
+      <c r="C241" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D241" t="s">
+        <v>25</v>
+      </c>
+      <c r="E241" t="s">
+        <v>857</v>
+      </c>
+      <c r="F241" t="s">
+        <v>27</v>
+      </c>
+      <c r="G241" t="s">
+        <v>28</v>
+      </c>
+      <c r="H241" t="s">
+        <v>180</v>
+      </c>
+      <c r="I241" t="s">
+        <v>1104</v>
+      </c>
+      <c r="J241" t="s">
+        <v>89</v>
+      </c>
+      <c r="K241" t="s">
+        <v>32</v>
+      </c>
+      <c r="L241" t="s">
+        <v>613</v>
+      </c>
+      <c r="M241">
+        <v>680144336000</v>
+      </c>
+      <c r="T241" t="s">
+        <v>1138</v>
+      </c>
+      <c r="U241" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>